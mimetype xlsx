--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1960" uniqueCount="905">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2520" uniqueCount="1112">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -636,122 +636,224 @@
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Casadim</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/348/009_pl__casadim_-_altera_nome_de_rua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de nome na Rua Emílio Garrastazu Médici, localizada em nossa cidade, que passa a denominar-se Rua Nunito Honorato de Assunção.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_oscip_saude_ass..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação de Termo de Parceria com Organização da Sociedade Civil de Interesse Público – “OSCIP´S” e dá outras providencias.</t>
   </si>
   <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_ppa_of._187.pdf</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/381/of_190_projeto_no50__ldo.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a Lei de Diretrizes Orçamentária para o exercício financeiro de 2026 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Juninho</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/395/010_pl_paulo_junio_autoriza_convenio_entre_roo_e_sjp.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para o Município de São José do Povo celebrar convênios, termos de cooperação, termos de parceria e outros instrumentos congêneres com o Município de Rondonópolis, para atuação conjunta em áreas de interesse público comum e dá outras providências.</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/396/011_pl_paulo_junio_autoriza_convenio_entre_sjp_e_pedra_preta.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para o Município de São José do Povo celebrar convênios, termos de cooperação, termos de parceria e outros instrumentos congêneres com o Município de Pedra Preta, para atuação conjunta em áreas de interesse público comum e dá outras providências.</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/397/012_pl_paulo_junio_autoriza_convenio_entre_sjp_e_poxoreu.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para o Município de São José do Povo celebrar convênios, termos de cooperação, termos de parceria e outros instrumentos congêneres com o Município de Poxoréu, para atuação conjunta em áreas de interesse público comum e dá outras providências.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/398/013_pl_paulo_junio_autoriza_convenio_entre_sjp_e_guiratinga.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para o Município de São José do Povo celebrar convênios, termos de cooperação, termos de parceria e outros instrumentos congêneres com o Município de Guiratinga, para atuação conjunta em áreas de interesse público comum e dá outras providências.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_de_lei_ppa_2026-2029_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o Plano Plurianual do município de São José do Povo-MT para o período de 2026 à 2029”.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_lei__e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha Projeto de Lei LOA “Estima a Receita e Fixa a Despesa do Município de São José do Povo-MT para o Exercício de 2026, e dá outras providências.”.</t>
+  </si>
+  <si>
     <t>161</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_decreto_01_titulo_de_cidadao_ao_cm_silva_sa_-_nilson_bezerra.docx</t>
   </si>
   <si>
     <t>Autoriza a Câmara de Vereadores a conceder Título de Cidadão Honorário ao Senhor Wanderson da Silva Sá.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>Adilza Soares, Casadim, Luzia da Saúde, Professor Gustavo Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_decreto_02_titulo_de_cidadao_max_russi.docx</t>
   </si>
   <si>
     <t>Autoriza a Câmara de Vereadores a conceder Título de Cidadão Honorário ao Senhor Max Joel Russi.</t>
   </si>
   <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_decreto_03_titulo_de_cidada_maria_gabriel_lopes.docx</t>
+  </si>
+  <si>
+    <t>Autoriza a Câmara de Vereadores a conceder Título de Cidadã São-Joseense-do-Povo à Senhora Maria Lopes Gabriel.</t>
+  </si>
+  <si>
     <t>95</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01_de_23_de_janeiro_de_2025_altera_a_resolucao_0082024.docx</t>
   </si>
   <si>
     <t>Dispõe sobre alterar o anexo I da resolução 008/2024 de 11 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02_de_23_de_janeiro_de_2025.docx</t>
   </si>
   <si>
     <t>Regulamenta a concessão de diárias aos vereadores e servidores da Câmara Municipal de São José do Povo e dá outras providências.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao_03_comissao_de_revisao_do_ri.docx</t>
   </si>
   <si>
     <t>Cria Comissão Temporária para promover a revisão do Regimento Interno da Câmara Municipal de São José do Povo e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>RQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>Juninho</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/216/001_paulo_junio_projeto_do_portico.docx</t>
   </si>
   <si>
     <t>Requer informações e documentos do Poder Executivo.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/217/002_paulo_junio_boletins_de_arrecadacao.docx</t>
   </si>
   <si>
     <t>Requer informações e documentos do Poder Executivo, por intermédio da Secretaria Municipal de Finanças.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>CRJ - Comissão de Redação e Justiça</t>
   </si>
   <si>
     <t>Solicita informações acerca do PL nº 010</t>
   </si>
   <si>
     <t>227</t>
@@ -1011,143 +1113,119 @@
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Nelson de Oliveira, Adilza Soares, Casadim, Juninho, Luzia da Saúde, Luzinete, Nilsinho, Professor Gustavo Medeiros, Wilson Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/154/047_nelson_veiculo_sec._de_agricultura.doc</t>
   </si>
   <si>
     <t>Indico a destinação de emenda parlamentar para proporcionar a aquisição de um veículo para a Secretária Municipal de Agricultura.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/155/048_nelson_sala_multifuncional.doc</t>
   </si>
   <si>
     <t>Indico a destinação de emenda parlamentar para viabilizar a construção de salas de recurso Multifuncional, Laboratório de Informática e de Ciências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>Luzinete</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/156/049_luzinete_eletricidade_residencial_arlindo.doc</t>
   </si>
   <si>
     <t>Indico realizar a instalação de rede de energia elétrica no Residencial Arlindo Antônio de Souza.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/157/050_wilson_casa_de_acolhimento.doc</t>
   </si>
   <si>
     <t>Indico realizar criação de um Centro de Acolhimento em nosso município.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/158/051_wilson_onibus_terceira_idade.doc</t>
   </si>
   <si>
     <t>Indico realizar a destinação de uma emenda parlamentar para a aquisição de um ônibus, para atender às atividades do Grupo da Terceira Idade.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/159/052_gustavo_programa_de_regularizacao_fundiaria.doc</t>
   </si>
   <si>
     <t>Indico realizar a implementação de um programa de regularização fundiária em nosso município.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/160/053_luzia_auxilio_financeiro_acs_e_ace.doc</t>
   </si>
   <si>
     <t>Indico instituir repasse aos agentes comunitários de saúde – ACS, e aos agentes de combate ás endemias – ACE, incentivo financeiro adicional.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/162/054_luzia_bicicletas_eletricas_acs.doc</t>
   </si>
   <si>
     <t>Indico a destinação de bicicletas elétricas para os Agentes Comunitárias de Saúde de nosso município.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>Nelson de Oliveira</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/163/055_nelson_cameras_de_monitoramento_salas_de_aula_e_onibus.doc</t>
   </si>
   <si>
     <t>Indico realizar a instalação de câmeras de monitoramento nas salas de aula e ônibus do transporte escolar.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>Casadim, Adilza Soares, Juninho, Luzia da Saúde, Luzinete, Nelson de Oliveira, Nilsinho, Professor Gustavo Medeiros, Wilson Medeiros</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/164/056_nilson_bezerra_van_para_transporte_de_isosos_da_zona_rural.doc</t>
   </si>
   <si>
     <t>Indico realizar a destinação de uma van para realizar o transporte dos idosos residentes na zona rural para participarem das oficinas da Secretaria de Assistência Social, realizadas na zona urbana do município.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/165/057_casadim_abertura_de_rua_no_varjao.doc</t>
   </si>
   <si>
     <t>Indico realizar a abertura de uma rua ligando a Rua João Francisco Duarte com a região do Varjão.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>58</t>
@@ -2328,77 +2406,350 @@
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/363/168_nelson_limpeza_das_ruas_e_meio_fio_da_cidade.doc</t>
   </si>
   <si>
     <t>Indico realizar a limpeza das ruas e guias de nossa cidade.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/364/169_nelson_instalcar_sinalizacao_temporaria_nas_ruas_recem_asflatdas.doc</t>
   </si>
   <si>
     <t>Indico realizar a instalação e sinalização viária temporária nas ruas recém pavimentadas em nossa cidade.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/365/170_gustavo_iluminacao_de_led_no_varjao_e_areas_periurbanas.doc</t>
   </si>
   <si>
     <t>Indico realizar a instalação de iluminação de led no Varjão e áreas periurbanas de nosso município.</t>
   </si>
   <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/371/171_adilza_-_identificar_com_placas_na_divisas.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a identificação de todas as divisas do município, com placas de identificação.</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/372/172_-_nelson.doc</t>
+  </si>
+  <si>
+    <t>Indico a instalação de faixas de pedestres em frente à Escola Municipal Ludovico, na Rua João P. de Arruda, esquina com a Rua Zanetti Ferreira Cardinal</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/373/173_-_nelson_1.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de uma sala sensorial na Escola Municipal Sebastião Gomes de Oliveira, com o objetivo de equipar e complementar a estrutura da sala de recursos multifuncionais.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/374/174_luzia_construir_posto_de_saude_no_padre_josino.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de um Posto de Saúde no Assentamento Padre Josimo, na área de atuação da Agente Comunitária de Saúde Luzinete, próximo ao Barracão Central.</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/375/175_casadim.doc</t>
+  </si>
+  <si>
+    <t>Indico a necessidade de reforma da ponte localizada no Projeto de Assentamento João Pessoa, situada antes da propriedade do senhor João Goiano e em frente à propriedade do senhor Jonas.</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/376/176_casadim.doc</t>
+  </si>
+  <si>
+    <t>Indico que seja realizado o encascalhamento e patrolamento da estrada da Fazenda Capivara até o retiro da Fazenda Estrela do Sul, neste município</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/377/177_casasim.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a instalação de fita de identificação na porta da sala de velório municipal, de forma a evidenciar a presença da porta de vidro, com o objetivo de evitar acidentes e melhorar a segurança dos usuários.</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/378/178_-_luzia_ar_projeto_pietro_lucca.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a aquisição de dois aparelhos de ar-condicionado destinados ao Projeto Pietro Lucca.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/382/179_adilza_caminhoes_de_terra_para_a_terceira_idade.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a destinação de 5 caminhões de aterro para a área da Associação da Terceira Idade de nosso município.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/383/180_casadim_patrolamento_e_encascalhamento_na_estrada_da_dona_eliane.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar o patrolamento e encascalhamento na estrada da dona Eliane, localizada no P. A. Márcio Pereira, ao lado da propriedade do senhor Reginaldo.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/384/181_casadim_construir_rampa_para_lava_jato_com_contencao_para_o_patio.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de uma rampa de lava-jato com contenção no pátio da Secretaria de Infraestrutura e Obras.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/385/182_casadim_instalar_um_filtro_no_bebedouro_do_ginasio.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a instalação de um filtro no bebedouro do Ginásio Poliesportivo.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/386/183_nelson_reforma_do_predio_da_sec_de_obras.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a reforma do prédio da Secretaria Municipal de Infraestrutura e Obras de nosso município.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
     <t>184</t>
   </si>
   <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/387/184_nilsinho_alterar_o_codigo_tributario_para_o_cartorio_passar_o_iss_para_o_cliente.doc</t>
+  </si>
+  <si>
+    <t>Indico a realização de alterações no Código Tributário Municipal para autorizar que o ISSQN de serviços cartorários seja transferido ao cliente.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/388/185_nilsinho_regularizacao_de_loteamentos_rurais.doc</t>
+  </si>
+  <si>
+    <t>Indico a realização de alterações no Código de Postura Municipal para regulamentar a regularização fundiária de loteamentos rurais.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/389/186_gustavo_construcao_de_faixa_elevada_de_acesso_a_praca.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de duas faixas elevadas de polietileno nos acessos à Praça Central, nas ruas João Francisco Duarte e José Fragelli.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/390/187_gustavo_regularizacao_fundiaria_urbana_e_periurbana_para_max_russi.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a regularização fundiária urbana e periurbana de nosso município.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/391/188_luzia_construcao_de_ciclovia_na_rodovia_sentido_rio_tadarimana.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de uma ciclovia na MT-459.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/393/189_nilsinho_solicitacao_de_alteracao_no_cadunico.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar solicitação à Procuradoria Jurídica Municipal para que elabore justificativa técnica a ser enviada a Secretaria Municipal de Assistência Social, com intuito de flexibilizar a emissão do CadÚnico para famílias rurais em processo de regularização fundiária e vulnerabilidade social.</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/401/190_gustavo_plantio_de_80_mudas_de_ipe_na_entrada_da_cidade_mt_789.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar o plantio de 80 mudas de ipê, nas duas margens da MT – 489, logo na entrada de nossa cidade.</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/402/191_gustavo_criacao_de_uma_quadra_de_areia_na_cidade.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a criação de espaço de lazer em nosso município, com Quadra de Areia.</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/403/192_adilza_pintar_o_predio_da_escola_de_nova_catanduva.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a pintura da escola do distrito de Nova Catanduva.</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/404/193_nilsinho_construir_muro_no_patio_da_sec_de_obras.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de um muro cercado o Pátio da Secretaria de Infraestrutura e Obras.</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/412/194_adilza_adquirir_tratorzinho_para_rocar_grama_do_campo_de_futebol_de_sao_jose_do_povo.doc</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/413/195_adilza_ar-condicionado_do_centro_de_saude_no_corredor_retirar.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a retirada da unidade externa do aparelho de ar-condicionado, localizado no corredor do Centro de Saúde, logo na recepção da sala da coleta de sangue, que fora instalada do lado de dentro do prédio.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/414/196_wilson_reforma_da_ponte_localizada_no_alagoano_proxima_a_propriedade_do_senhor_toninho_pio.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a reforma da ponte localizada na região do Alagoano, a primeira ponte na estrada que dá acesso à propriedade do senhor Toninho Pio.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/416/197_gustavo_pedir_a_pc_do_consorcio_para_fazer_represas.doc</t>
+  </si>
+  <si>
+    <t>Indico solicitar ao CIDESASUL a máquina escavadeira (PC) para realizar a perfuração de represas a nossos munícipes.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/417/198_gustavo_reforma_do_ginasio_de_esportes.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a destinação de emenda parlamentar para a reformar o Ginásio de esportes Olício Pereira de Freitas.</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/418/199_nelson_contruir_quebra_mola_em_frente_ao_ze_da_roseli.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar a construção de redutor de velocidade em frente à residência do senhor Zé, esposo da Roseli, localizado na rua João Francisco Duarte.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/419/200_casadim_manutencao_e_encascalhamento_da_estrada_do_senhor_tita_p_a_sandrini.doc</t>
+  </si>
+  <si>
+    <t>Indico realizar o patrolamento e encascalhamento na estrada da propriedade do senhor Tita, localizada no P. A. Sandrini.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>Indico realizar a instalação de câmeras de segurança nos corredores e áreas comuns do Centro de Saúde e da UBS Moacir Fernandes de Morais.</t>
+  </si>
+  <si>
     <t>MOS</t>
   </si>
   <si>
     <t>Moções</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/184/001_gustavo_para_jeany.docx</t>
   </si>
   <si>
     <t>A ser concedida a senhora Jeany Cristina Ferreira de Souza, pela conquista no Programa de Intercâmbio Mato Grosso no Mundo.</t>
   </si>
   <si>
-    <t>185</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/185/002_gustavo_para_silvany.docx</t>
   </si>
   <si>
     <t>A ser concedida à Professora Silvany dos Santos Silva, em reconhecimento à sua dedicação, compromisso e notável contribuição para a educação no município de São José do Povo.</t>
   </si>
   <si>
-    <t>186</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/186/003_gustavo_para_ludovico.docx</t>
   </si>
   <si>
     <t>A ser concedida Escola Estadual Ludovico Vieira de Camargo, em reconhecimento à excelência no ensino desenvolvido pelos profissionais da instituição e à sua relevante contribuição para a formação educacional no município</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/264/004_luzia_para_jose_otaviano.docx</t>
   </si>
   <si>
     <t>A ser concedida ao senhor José Otaviano Costa.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/268/005_gustavo_para_gremio_ludovico.docx</t>
   </si>
   <si>
     <t>Moção de Aplausos a ser concedida ao Grêmio Estudantil 2025 da Escola Estadual Ludovico Vieira de Camargo.</t>
   </si>
   <si>
     <t>313</t>
@@ -2436,50 +2787,182 @@
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/316/009_gustavo_e_nelson_-_joaquim_neto.docx</t>
   </si>
   <si>
     <t>A ser concedida ao senhor Joaquim Neto Garcia de Freitas.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/317/010_gustavo_e_nelson_-_alessandra.docx</t>
   </si>
   <si>
     <t>A ser concedida à senhora Alessandra Alves Freitas.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/369/011_paulo_junio_-_sequestro_irmao_juninho.docx</t>
   </si>
   <si>
     <t>A ser concedida aos policiais que atuaram na ocorrência de sequestro ocorrida em 09 de setembro de 2025, no município de São José do Povo.</t>
   </si>
   <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/405/012_jeronima_maria_duarte.docx</t>
+  </si>
+  <si>
+    <t>Moção de aplausos a ser concedida à senhora Jeronima Maria Duarte.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>A ser concedida à Equipe Ecológica – Soluções Jovens para o Futuro, da Escola Ludovico Vieira de Camargo.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor João Batista de Oliveira.</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor João Batista de Souza.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor Vecy José de Oliveira.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/427/017_uderico.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor Uderico de Jesus Assunção.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/428/018_rosalina.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Rosalina Bruno Medeiros.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/429/019_alexina_borges.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Alexina de Oliveira Borges.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/430/020_raimunda.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Raimunda Leopoldina da Silva.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/431/021_orlanda.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Orlandina Rodrigues da Silva – “Dona Orlanda”.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/432/022_professor_errerra.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor Vanderlei Errera.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/433/023_ilda_matos.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Ilda da Silva Matos.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/434/024_iraides.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Iraides Tavares Cerqueira.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/435/025_dona_divina.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida à Senhora Divina de Souza Freitas.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/436/026_tiao_trindade.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida ao Senhor Sebastião Aparecido Trindade</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/437/027_lidinho.docx</t>
+  </si>
+  <si>
+    <t>A ser concedida ao senhor Eurides Luiz Pereira.</t>
+  </si>
+  <si>
     <t>290</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_emenda_001_lei_organica_ass..pdf</t>
   </si>
   <si>
     <t>Encaminha Projeto de Emenda a Lei Orgânica -“Altera e dá nova redação ao inciso IX do art. 54 e revoga o item a do mesmo inciso da Lei Orgânica”.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/305/veto_projeto_de_lei_33__assinado.pdf</t>
@@ -2508,50 +2991,62 @@
   <si>
     <t>276</t>
   </si>
   <si>
     <t>EMSP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/276/emenda__01_2025_-_pl_31.docx</t>
   </si>
   <si>
     <t>Com fundamento no artigo 178, inciso I, do Regimento Interno desta Câmara Municipal de Vereadores, apresento a Emenda Supressiva nº 01, de 17 de junho de 2025, ao Projeto de Lei nº 031, de 12 de junho de 2025, que suprimi o art. 4º do referido projeto.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/277/emenda__02_2025_-_pl_31.docx</t>
   </si>
   <si>
     <t>Com fundamento no artigo 178, inciso I, do Regimento Interno desta Câmara Municipal de Vereadores, apresento a Emenda Supressiva nº 01, de 17 de junho de 2025, ao Projeto de Lei nº 031, de 12 de junho de 2025, que suprimi o § 2º do art. 2º do referido projeto.</t>
   </si>
   <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>CEC - Comissão de Educação e Cultura, CEF - Comissão de Economia e Finanças, CMA - Comissão de Meio Ambiente, CRJ - Comissão de Redação e Justiça, CSAS - Comissão de Saúde e Assistência Social</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/408/emenda__04_2025_-_pl_50.docx</t>
+  </si>
+  <si>
+    <t>Com fundamento no artigo 178, inciso I, do Regimento Interno desta Câmara Municipal de Vereadores, apresento a Emenda Supressiva nº 04, de 05 de novembro de 2025, ao Projeto de Lei nº 050, de 17 de outubro de 2025, que suprimi parcialmente o art. 44 do referido projeto.</t>
+  </si>
+  <si>
     <t>EMAD</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/119/emenda_aditiva_01_2025.docx</t>
   </si>
   <si>
     <t>Com fundamento no artigo 178, inciso III, do Regimento Interno desta Câmara Municipal de Vereadores, apresento a Emenda Aditiva nº 01, de 29 de janeiro de 2025, ao Projeto de Lei nº 005, de 22 de janeiro de 2025, que inclui o parágrafo único ao artigo 1º do referido projeto.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>EMMD</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/237/emenda_ao_pl_19.docx</t>
   </si>
   <si>
     <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 01, de 21 de maio de 2025, ao Projeto de Lei nº 019, de 5 de maio de 2025, para dar nova redação à ementa e ao preâmbulo do referido Projeto.</t>
@@ -2590,50 +3085,86 @@
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/274/emenda_pl_31.docx</t>
   </si>
   <si>
     <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 05, de 17 de junho de 2025, ao Projeto de Lei nº 031, de 12 de junho de 2025, para dar nova redação ao art. 5º, corrigindo erros de redação, nos termos da Lei Complementar nº 95, de 26 de fevereiro de 1998.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_pl_30_3o.docx</t>
   </si>
   <si>
     <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 06, de 17 de junho de 2025, ao Projeto de Lei nº 030, de 12 de junho de 2025, para corrigir erro redacional no parágrafo único do art. 1º; nos incisos dos artigos 3º, 15 e 19; no caput do art. 15 e seu inciso I e; no art. 19, nos termos da Lei Complementar nº 95, de 26 de fevereiro de 1998.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 07, de 02 de julho de 2025, ao Projeto de Lei nº 036, de 27 de junho de 2025, para dar nova redação à ementa, ao preâmbulo e ao art. 1º, corrigindo erros de redação, nos termos da Lei Complementar nº 95, de 26 de fevereiro de 1998.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 08, de 02 de julho de 2025, ao Projeto de Lei nº 037, de 27 de junho de 2025, para dar nova redação ao preâmbulo e ao art. 4º, corrigindo erros de redação, nos termos da Lei Complementar nº 95, de 26 de fevereiro de 1998.</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>CEF - Comissão de Economia e Finanças</t>
+  </si>
+  <si>
+    <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 09, de 22 de outubro de 2025, ao Projeto de Lei nº 049, de 16 de outubro de 2025, para dar nova redação ao parágrafo único do art. 2º, alterando a redação para constar no dispositivo a necessidade de autorização legislativa.</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>CEC - Comissão de Educação e Cultura, CE - Comissão de Ética, CEF - Comissão de Economia e Finanças, CMA - Comissão de Meio Ambiente, CRJ - Comissão de Redação e Justiça, CSAS - Comissão de Saúde e Assistência Social</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/406/emenda_pl_55_ppa_versao_3.docx</t>
+  </si>
+  <si>
+    <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 10, de 05 de novembro de 2025, ao Projeto de Lei nº 055, de 03 de novembro de 2025, para dar nova redação ao parágrafo único do art. 2º e ao inciso III, § 3º do art. 3º, alterando a redação para constar nos dispositivos a necessidade de nova autorização legislativa.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/407/emenda_pl_50_ldo.docx</t>
+  </si>
+  <si>
+    <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 11, de 05 de novembro de 2025, ao Projeto de Lei nº 050, de 17 de outubro de 2025, para dar nova redação aos artigos 27, 30 e 35, de modo a sanar vícios.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>Com fundamento no art. 178, inciso IV, do Regimento Interno desta Câmara Municipal de Vereadores, apresentamos a Emenda Modificativa nº 12, de 09 de dezembro de 2025, ao Projeto de Lei nº 056, de 05 de dezembro de 2025, para dar nova redação ao art. 7º e 8º, alterando a redação para constar nos dispositivos a necessidade de nova autorização legislativa.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>OFPRE</t>
   </si>
   <si>
     <t>Ofício Oriundo do Poder Executivo</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/248/oficio_111_solicita_plenario_audiencia_rgf_ass..pdf</t>
   </si>
   <si>
     <t>Of.Gab.Pref.nº111/2025- Solicita á Vossa Excelência o plenário desta Câmara Municipal no dia 02 de junho de 2025 ás 14:00 horas, para realizarmos a Audiência Pública para apresentação da Prestação de Contas do 1º Quadrimestre da RGF (Relatório de Gestão Fiscal) referente ao ano de 2025.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/261/analise_de_agua.zip</t>
   </si>
   <si>
     <t>OF.GAB.Nº116/2025 São José do Povo, 06 de junho de 2025._x000D_
 Ao Excelentíssimo Sr._x000D_
@@ -2689,50 +3220,123 @@
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/345/oficio_156_audiencia_ldo__ass..pdf</t>
   </si>
   <si>
     <t>of.gab.pref.nº156- solicita plenario para audiencia publica LDO  e relatorio do 2º quadrimestre RGF 2025.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/357/resposta_ao_requerimento_no06-25.pdf</t>
   </si>
   <si>
     <t>Encaminha resposta ao Requerimento nº 006/2025.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/366/oficio_camara.pdf</t>
   </si>
   <si>
     <t>Resposta ao Of/GP/LEG/Nº109/2025, venho encaminhar a relação atualizada dos conselhos Municipais conforme solicitado.</t>
   </si>
   <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/379/oficio_182_retirada_de_projeto_ppa_ass..pdf</t>
+  </si>
+  <si>
+    <t>Venho através deste solicitar a retirada desta augusta casa de Leis o Projeto de Lei n°45/2025- “Dispõe sobre o Plano Plurianual para o período de 2026/2029 do Município de São José do Povo-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/394/of._194_retirada_do_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Venho através deste solicitar a retirada desta augusta casa de Leis o Projeto de Lei n°49/2025- “Dispõe sobre o Plano Plurianual para o período de 2026/2029 do Município de São José do Povo-MT e dá outras providências.</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/399/anexos_ldo_corretos.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhar somente os anexos do Projeto de Lei de nº50/2025 LDO (Lei de Diretrizes Orçamentária) para 2026, que já se encontra protocolado nesta Casa de Leis,</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/409/oficio_199_regularizacao_fundiaria_para_camara_ass..pdf</t>
+  </si>
+  <si>
+    <t>Informa sobre o Início dos atendimentos do Núcleo de Regularização Fundiária.</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/410/oficio_202_referente_audiencia_loa_ass..pdf</t>
+  </si>
+  <si>
+    <t>Oficio Gab. Pref. nº 202/2025solicitar à Vossa Excelência o plenário desta Câmara Municipal no dia 18 de novembro de 2.025 às 13:00 horas, para realizarmos a Audiência Pública para elaboração da LOA (LEI ORÇAMENTARIA ANUAL) para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/411/oficio_presidente_da_camara_assinado__resposta_casa.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Esclarecimentos sobre o processo de seleção do Programa Ser Família Habitação – Faixa Zero</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/415/resposta_oficio_camara_assinado.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA AO OFÍCIO 156/2025 – SECRETARIA MUNICIPAL DE FINANÇAS E PLANEJAMENTO_x000D_
+Assunto: Esclarecimentos sobre REFIS 2025, IPTU, Faturas de Água e Divulgação Interessado: Câmara Municipal de São José do Povo – MT</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/440/oficio__213_ass..pdf</t>
+  </si>
+  <si>
+    <t>Of.Gab.PREF.213/2025-  Encaminhar ANEXO TÉCNICO DA LEI ORÇAMENTÁRIA ANUAL – LOA .</t>
+  </si>
+  <si>
     <t>295</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>CEF - Comissão de Economia e Finanças, CRJ - Comissão de Redação e Justiça</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/295/01-_emenda_a_lom.docx</t>
   </si>
   <si>
     <t>As Comissões de Redação e Justiça e de Economia e Finanças, por seus membros em exercício e no uso de suas prerrogativas regimentais e legais, submete à apreciação do Plenário o seguinte Substitutivo à Proposta de Emenda à Lei Orgânica do Município nº 01. de 30 de junho de 2025, nos termos do art. 177 do Regimento Interno desta Casa.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/304/02_-_credito_supelmentar_novas_secretarias.docx</t>
   </si>
   <si>
     <t>As Comissões de Redação e Justiça e de Economia e Finanças, por seus membros em exercício e no uso de suas prerrogativas regimentais e legais, submete à apreciação do Plenário o seguinte Substitutivo ao Projeto de Lei nº 038, de 27 de junho de 2025, nos termos do art. 177 do Regimento Interno desta Casa.</t>
@@ -2744,50 +3348,68 @@
     <t>CEF - Comissão de Economia e Finanças, CMA - Comissão de Meio Ambiente, CRJ - Comissão de Redação e Justiça</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/319/03_projeto_de_lei_33_-_comodato_ceramica_guiratinga.docx</t>
   </si>
   <si>
     <t>As Comissões de Redação e Justiça, Economia e Finanças e de Meio Ambiente, por seus membros e no uso de suas prerrogativas regimentais e legais, submetem à apreciação do Plenário o seguinte Substitutivo ao Projeto de Lei nº 033, de 27 de junho de 2025, nos termos do art. 177 do Regimento Interno desta Casa.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/320/04_pl_34_-_comodato_argamassa_sao_jose.docx</t>
   </si>
   <si>
     <t>As Comissões de Redação e Justiça, Economia e Finanças e de Meio Ambiente, por seus membros e no uso de suas prerrogativas regimentais e legais, submetem à apreciação do Plenário o seguinte Substitutivo ao Projeto de Lei nº 034, de 27 de junho de 2025, nos termos do art. 177 do Regimento Interno desta Casa.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/321/05_pl_35_-_comodato_da_primer_collor.docx</t>
   </si>
   <si>
     <t>As Comissões de Redação e Justiça, Economia e Finanças e de Meio Ambiente, por seus membros e no uso de suas prerrogativas regimentais e legais, submetem à apreciação do Plenário o seguinte Substitutivo ao Projeto de Lei nº 035, de 27 de junho de 2025, nos termos do art. 177 do Regimento Interno desta Casa.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>CONTG</t>
+  </si>
+  <si>
+    <t>Parecer Prévio as Contas Anuais de Governo</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas de MT</t>
+  </si>
+  <si>
+    <t>https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/439/of._no_916.2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Prévio nº 131/2025 - PP às Contas Anuais de Governo, exercício de 2024, da Prefeitura Municipal de São José do Povo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3091,68 +3713,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_n.001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_n._002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_n.003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_n.005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_no_001_suprimento.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_no_006.20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no_007.20252_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_no_008.20252.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no_009.20251.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_no_010.20252.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_no_002_-2025_estatuto_tea_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/182/of.gab.no_60.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/183/of.gab.no61.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/196/of.gab.no_077.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/197/of.gab.no_78.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/198/of.gab.no_80.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_003-2025_sobre_verba_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/218/of.gab.no_88.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/219/of.gab.no91.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/220/of.gab.no_92.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/221/of.gab.no_93.2025_p.l._020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/222/of.gab.no_93.2025_p.l._021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/236/of.gab.no97.2025_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/245/of.gab.no_103.2025_p.l._no23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/246/of.gab.no_103.2025_p.l._no24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/247/of.gab.no_103.2025_p.l._no25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/262/pl_leg._luzia_-_nome_do_posto_da_reta_mioneira_04.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/266/005_pl_nome_do_posto_de_saude_da_cerrinha_-__luzia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_030.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_028.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_029.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_32-_credito_suplementar-_cmsjp_ass..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_lei_33__aniversario_sjp_ass..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lei_31_ass..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_31_credito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_34_-_vagas_de_apoio_administrativo_merendeiro_ass..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/296/pl_006_verba_vereadores.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_35_reestruturacao_funprev_completo_ass..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/322/007_pl_adilza_nomeia_a_quadra_de_esporte_de_nova_catanduva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_professores_ass..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/346/projeto_ppa_26-29_e_anexos.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/347/008_pl_adilza_nomeia_o_campo_de_nova_catanduva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/348/009_pl__casadim_-_altera_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_oscip_saude_ass..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_decreto_01_titulo_de_cidadao_ao_cm_silva_sa_-_nilson_bezerra.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_decreto_02_titulo_de_cidadao_max_russi.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01_de_23_de_janeiro_de_2025_altera_a_resolucao_0082024.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02_de_23_de_janeiro_de_2025.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao_03_comissao_de_revisao_do_ri.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/216/001_paulo_junio_projeto_do_portico.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/217/002_paulo_junio_boletins_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/227/004_paulo_junio_relatorio_de_remedios.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/238/005_nilsinho_requer_analise_da_agua.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/333/006_paulo_junio_requer_informacoes_sobre_a_nao_celebracao_do_convenio_do_rodeio.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/344/007_comissoes_solicitam_informacoes_sobre_a_reducao_de_vagas_de_professores.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_008_wilson_marins_medeiros.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/108/009_wilson_leite_para_as_criancas_de_0a_4_anos.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/110/011_nilsinho_emenda_para_adquiri_veiculo_para_a_camara.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/111/012_gustavo_aquisicao_de_caminhao_lipa_fossa.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/113/014_construcao_de_refeitorio_na_escola_sao_sebastiao.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/114/015_adilza_caixa_de_agua_para_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/116/017_adilza_construcao_de_um_portico.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/117/018_luzia_construcao_de_ponte_na_regiao_da_mata.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/129/029_gustavo_curso_preparatorio_enem.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/133/033_luzia_ar-condicionado_em_caminhoes_do_patio.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/135/035_paulo_junio_terraceador_-_curvas_de_nivel.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/144/037_nilsinho_cep_rural.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/145/038_wilson_aquisicao_de_consultorio_odontologico.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/146/039_adilza_veiculo_para_a_secretaria_de_saude.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/147/040_gustavo_reforma_da_feira.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/148/041_gustavo_ampliacao_do_cemiterio.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/149/042_nilsinho_gps_maquinas_da_sec_de_agricultura.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/150/043_adilza_quebra_molas_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/151/044_adilza_coleta_de_lixo_na_regiao_dos_18.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/152/045_luzia_reforma_dos_postos_de_saude.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/153/046_luzia_ponto_de_onibus_reta_mineira.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/154/047_nelson_veiculo_sec._de_agricultura.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/155/048_nelson_sala_multifuncional.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/156/049_luzinete_eletricidade_residencial_arlindo.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/157/050_wilson_casa_de_acolhimento.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/158/051_wilson_onibus_terceira_idade.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/159/052_gustavo_programa_de_regularizacao_fundiaria.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/160/053_luzia_auxilio_financeiro_acs_e_ace.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/162/054_luzia_bicicletas_eletricas_acs.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/163/055_nelson_cameras_de_monitoramento_salas_de_aula_e_onibus.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/164/056_nilson_bezerra_van_para_transporte_de_isosos_da_zona_rural.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/165/057_casadim_abertura_de_rua_no_varjao.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/166/058_gustavo_limpeza_do_alto_bandeirantes.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/167/059_luzia_internet_nos_postos_de_saude_zona_rural.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/168/060_paulo_junio_faixa_de_pedestres_e_quebra_molas_em_frente_a_igreja_so_o_senhor_e_deus.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/169/061_paulo_junio_instalacao_de_ar-condicionado_nos_postos_de_saude_zona_rural.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/170/062_adilza_limpeza_da_rede_eletrica_do_poco_de_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/171/063_adilza_patrolamento_da_estarda_do_ponto_chic.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/172/064_nilson_bezerra_estacionamento_no_hospital.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/173/065_luzia_multiprofissionais_para_neuro_divergentes.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/174/066_nilsinho_uso_da_escola_agricola_-_fabrica_de_ceramica.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/175/067_wilson_patrolar_estarada_que_vai_para_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/176/068_wilson_limpeza_das_ruas_e_encascalhamento.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/177/069_wilson_atualizar_as_placas_de_nome_de_rua.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/178/070_gustavo_mini_parque_industrial.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/179/071_gustavo_criacao_de_area_de_lazer_no_campo_de_futebol.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/180/072_luzinete_pagamento_da_conta_de_agua_por_qr_code.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/187/073_nelson_lixeira_publica.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/188/074_nelson_faixa_de_pedestre_em_frente_as_escolas.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/189/075_wilson_reforma_do_salao_da_terceira_idade.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/190/076_wilson_campo_com_iluminacao_p._a._joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/191/077_wilson_academia_ao_ar_livre_p_a_padre_josino_e_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/192/078_gustavo_reforma_de_ponte_na_cascata_e_nova_catnduva.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/193/079_gustavo_rede_de_agua_em_nova_catanduva_-__a_extensao.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/194/080_gustavo_programa_de_estagio.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/195/081_nilsinho_regularizacao_fundiaria_cohab_andre_maggi.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/200/082_adilza_manutencao_na_rodovia_do_leite.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/201/083_adilza_bebedouro_posto_de_saude_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/202/084_adilza_estrado_do_joao_bruno_a_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/203/085_wilson_raio_x_dentario.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/204/086_wilson_arumar_estradas_sandrini_e_marcio_pereira.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/205/087_wilson_emenda_para_adquirir_caminhonete_para_ubs.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/206/088_gustavo_emenda_de_caminhote_para_sec_de_obras.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/207/089_gustavo_lei_lucas_-_curso_de_primeiros_socorros.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/208/090_casadim_quadro_de_comando_poco_do_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/209/091_nelson_iluminacao_da_rodovia_ao_residencial_arlindo.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/210/092_paulo_junio_rotatoria_e_letreiro_entrada_do_municipio.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/211/093_luzia_enumeracao_das_residencias_urbanas.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/212/094_luzia_internet_na_feira.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/213/095_luzia_encascalhamento_estrada_do_alagoano.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/214/096_gustavo_quadra_de_esporte.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/215/097_paulo_junio_encascalhamento_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/223/098_nilson_tavares_rede_de_agua_rua_perimetral_sul.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/224/099_nilson_tavares_regularizacao_e_georreferenciamento_no_colegio_agricola.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/225/100_nilson_tavares_fogao_e_geladeira_para_o_posto_eleitoral.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/239/101_nelson_recuperar_meio_fio_e_calcadas.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/240/102_gustavo_instalar_ponto_de_internet_nas_3_pracas.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/241/103_adilza_iluminacao_da_mt_470_a_ponte.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/242/104_gustavo_alteracao_do_perimetro_urbano.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/243/105_gustavo_criacao_da_brigada_ambiental.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/244/106_casadim_programa_de_sustentabilidade_alimentar.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/249/107_nelson_gerador_de_energia_para_o_hospital.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/250/108_adilza_limpeza_da_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/251/109_adilza_manutencao_da_estrada_do_campinho.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/252/110_wilson_fundo_municipal_do_conselho_do_idoso.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/253/111_gustavo_aula_de_reforco_na_biblioteca.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/254/112_gustavo_iluminacao_nas_ruas_perimetrais.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/255/113_gustavo_transformador_proximo_a_cohab.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/256/114_luzia_curso_de_primeros_socorros_secretaria_de_saude.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/257/115_paulo_junio_promover_campeonatos_de_futebol_na_praca_central.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/258/116_paulo_junio_patrolamento_e_encascalhamento_da_estrada_boiadeira.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/259/117_nilson_bezerra_reparo_na_campanhia_do_hospital.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/278/118_gustavo_tendas_para_os_feirantes.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/279/119_gustavo_revitalizacao_a_rodoviaria._comercio_e_lazer.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/280/120_wilson_rebaixar_a_tensao_da_rede_da_saida_da_cidade_ate_o_residencial.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/281/121_gustavo_realizar_zonemento_ambiental.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/282/122_wilson_servir_refeicao_a_pacientes_internados_que_residem_na_zona_rural.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/283/123_nilsinho_para_valdir_barranco_-_tornar_de_utilidade_publica_estadual_as_associacoes.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/284/124_nilsinho_para_barranco_-_tornar_de_utilidade_publica_as_associacoes_do_municipio.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/285/125_casadim_sinalizacao_na_creche_municipal_estacionamento_exclusivo_para_onibus.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/297/126_gustavo_zonenamneto_-_criacao_de_bairros.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/298/127_regularizacao_de_quadras_nas_areas_periurbanas.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/299/128_construcao_de_um_campo_de_maia.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/300/129_nilsinho_aumentar_o_numero_de_merendeiras.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/301/130_nilsinho_construir_playround_e_academia_nas_novas_casa.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/302/131_pavimentacao_da_rua_lupercio_assuncao.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/303/132_nelson_oferecer_cafa_da_manha_para_os_servidores_da_secretaria_de_desenv._urbano.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/307/133_luzia_perfurar_poco_no_colegio_agricola.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/308/134_luzia_ponto_de_coleta_de_lixo_serrinha_e_reta_mineira.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/309/135_luzia_solicita_emenda_thiago_silva_-_autismo.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/310/136_adilza_reservar_area_do_colegio_agricola_para_arena_de_rodeio.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/311/137_nelson_contruir_rampa_no_cartorio_eleitoral.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/312/138_nelson_construir_ponto_de_onibus_na_area_urbana_para_o_tranporte_escolar.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/318/139_luzinete_arrumar_ponte_da_senhora_gloria_de_jesus.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/323/140_wilson_patrolamento_e_encasacalhamento_joaozinho_e_reinaldo_-_e_valdirzim.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/324/141_paulo_junio_pavimentacao_da_rua_elias_localizada_em_frente_a_escola_sao_sebastiao.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/325/142_paulo_junio_tampar_burado_de_agua_em_frente_ao_acougue_do_clber.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/326/143_paulo_junio_instalar_buiros_intelegentes_no_municipio.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/327/144_nilsinho_realizar_construcao_de_estrada_na_comunidade_tadarimana.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/328/145_nilsinho_realizar_a_construcao_de_quebra_molas_na_propriedade_do_senhor_sebastiao.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/329/146_nilsinho_construir_quebra_molas_propriedade_do_senhor_pedrinho_e_a_mao_do_fabio_da_g15.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/330/147_gustavo_manutencao_das_estradas_do_renascer.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/331/148_gustavo_reabrir_estrada_na_licurgo_pimentael_em_frente_a_propriedade_da_familia_da_iramcema.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/337/149_nilsinho_instalart_painel_eletronico.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/338/150_casadim_construir_quebra_molas_em_frente_a_cida_do_cartorio.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/339/151_nelson_patrolamento_e_encascalhamento_alexina_borges_e_joao_silva_1.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/340/152_nelson_manuencao_da_iluminacao_do_cemiterio.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/341/153_gustavo_construcao_de_calcadas_para_max_russi.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/342/154_gustavo_pavimentacao_trecho_torquato_a_licurgo_pimentel.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/343/155_adilza_realizar_a_limpeza_de_nova_catanduva_-_rua_praca_campo_manutencao_de_lampada.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/349/156_adilza_realizar_vistoria_do_poco_artesiano_de_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/350/157_adilza_realizar_estudo_para_perfuracao_de_um_novo_poco_em_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/351/158_gustavo_instalar_cameras_de_seguranca_no_cemiterio_-__em_nome_de_todos.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/352/159_nilson_e_demais_vereadores_-_destinacao_emenda_ao_mobsuas_deputado_emanuelzinho.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/353/160_gustavo_rede_de_agua_sandrini.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/354/161_luzia_instalar_pontos_de_coleta_de_lixo_no_padr_josino.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/355/162_wilson_reforma_de_ponte.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/358/163_adilza_manutencao_do_veiculo_fiat_mobi_do_psf.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/359/164_nilsinho_geofono_e_aparelho_medidor_de_hidrometro.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/360/165_nilsinho_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/361/166_nilsinho_viveiro_de_meudas_florestais.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/362/167_adilza_adquirir_um_soprador_de_folhas_para_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/363/168_nelson_limpeza_das_ruas_e_meio_fio_da_cidade.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/364/169_nelson_instalcar_sinalizacao_temporaria_nas_ruas_recem_asflatdas.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/365/170_gustavo_iluminacao_de_led_no_varjao_e_areas_periurbanas.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/184/001_gustavo_para_jeany.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/185/002_gustavo_para_silvany.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/186/003_gustavo_para_ludovico.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/264/004_luzia_para_jose_otaviano.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/268/005_gustavo_para_gremio_ludovico.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/313/006_coronel_benedito.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/314/007_casadinho_para_senhor_agripino.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/315/008_nelson_e_gustavo_para_torneio_leiteiro.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/316/009_gustavo_e_nelson_-_joaquim_neto.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/317/010_gustavo_e_nelson_-_alessandra.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/369/011_paulo_junio_-_sequestro_irmao_juninho.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_emenda_001_lei_organica_ass..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/305/veto_projeto_de_lei_33__assinado.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/367/veto_ao_projeto_legislativo_46_ass..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/368/veto_ao_projeto_de_lei_legislativo_43-2025_ass..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/276/emenda__01_2025_-_pl_31.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/277/emenda__02_2025_-_pl_31.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/119/emenda_aditiva_01_2025.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/237/emenda_ao_pl_19.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/260/emenda_ao_pl_25.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/272/emenda_pl_30.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/273/emenda_pl_30_2o.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/274/emenda_pl_31.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_pl_30_3o.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/248/oficio_111_solicita_plenario_audiencia_rgf_ass..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/261/analise_de_agua.zip" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/286/anexo_argamassa.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/335/resposta_para_camara_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/336/of._151.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/345/oficio_156_audiencia_ldo__ass..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/357/resposta_ao_requerimento_no06-25.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/366/oficio_camara.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/295/01-_emenda_a_lom.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/304/02_-_credito_supelmentar_novas_secretarias.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/319/03_projeto_de_lei_33_-_comodato_ceramica_guiratinga.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/320/04_pl_34_-_comodato_argamassa_sao_jose.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/321/05_pl_35_-_comodato_da_primer_collor.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/90/projeto_de_lei_n.001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/91/projeto_de_lei_n._002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/92/projeto_de_lei_n.003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/103/projeto_de_lei_n.005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_no_001_suprimento.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_no_006.20251.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_no_007.20252_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_no_008.20252.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_no_009.20251.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/142/projeto_de_lei_no_010.20252.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/143/projeto_de_lei_no_011.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_no_002_-2025_estatuto_tea_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/182/of.gab.no_60.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/183/of.gab.no61.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/196/of.gab.no_077.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/197/of.gab.no_78.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/198/of.gab.no_80.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/199/projeto_de_lei_003-2025_sobre_verba_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/218/of.gab.no_88.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/219/of.gab.no91.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/220/of.gab.no_92.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/221/of.gab.no_93.2025_p.l._020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/222/of.gab.no_93.2025_p.l._021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/236/of.gab.no97.2025_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/245/of.gab.no_103.2025_p.l._no23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/246/of.gab.no_103.2025_p.l._no24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/247/of.gab.no_103.2025_p.l._no25.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/262/pl_leg._luzia_-_nome_do_posto_da_reta_mioneira_04.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_lei_26_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/266/005_pl_nome_do_posto_de_saude_da_cerrinha_-__luzia.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_030.zip" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_028.zip" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_029.zip" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_32-_credito_suplementar-_cmsjp_ass..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_lei_33__aniversario_sjp_ass..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lei_31_ass..pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_31_credito.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_34_-_vagas_de_apoio_administrativo_merendeiro_ass..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/296/pl_006_verba_vereadores.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/306/projeto_de_lei_35_reestruturacao_funprev_completo_ass..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/322/007_pl_adilza_nomeia_a_quadra_de_esporte_de_nova_catanduva.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_professores_ass..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/346/projeto_ppa_26-29_e_anexos.zip" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/347/008_pl_adilza_nomeia_o_campo_de_nova_catanduva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/348/009_pl__casadim_-_altera_nome_de_rua.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/356/projeto_de_lei_oscip_saude_ass..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_ppa_of._187.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/381/of_190_projeto_no50__ldo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/395/010_pl_paulo_junio_autoriza_convenio_entre_roo_e_sjp.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/396/011_pl_paulo_junio_autoriza_convenio_entre_sjp_e_pedra_preta.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/397/012_pl_paulo_junio_autoriza_convenio_entre_sjp_e_poxoreu.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/398/013_pl_paulo_junio_autoriza_convenio_entre_sjp_e_guiratinga.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/400/projeto_de_lei_ppa_2026-2029_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/422/projeto_de_lei__e_anexos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_decreto_01_titulo_de_cidadao_ao_cm_silva_sa_-_nilson_bezerra.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_decreto_02_titulo_de_cidadao_max_russi.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/438/projeto_de_decreto_03_titulo_de_cidada_maria_gabriel_lopes.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_resolucao_01_de_23_de_janeiro_de_2025_altera_a_resolucao_0082024.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/96/projeto_de_resolucao_02_de_23_de_janeiro_de_2025.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_resolucao_03_comissao_de_revisao_do_ri.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/216/001_paulo_junio_projeto_do_portico.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/217/002_paulo_junio_boletins_de_arrecadacao.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/227/004_paulo_junio_relatorio_de_remedios.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/238/005_nilsinho_requer_analise_da_agua.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/333/006_paulo_junio_requer_informacoes_sobre_a_nao_celebracao_do_convenio_do_rodeio.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/344/007_comissoes_solicitam_informacoes_sobre_a_reducao_de_vagas_de_professores.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_008_wilson_marins_medeiros.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/108/009_wilson_leite_para_as_criancas_de_0a_4_anos.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/110/011_nilsinho_emenda_para_adquiri_veiculo_para_a_camara.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/111/012_gustavo_aquisicao_de_caminhao_lipa_fossa.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/113/014_construcao_de_refeitorio_na_escola_sao_sebastiao.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/114/015_adilza_caixa_de_agua_para_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/116/017_adilza_construcao_de_um_portico.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/117/018_luzia_construcao_de_ponte_na_regiao_da_mata.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/129/029_gustavo_curso_preparatorio_enem.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/133/033_luzia_ar-condicionado_em_caminhoes_do_patio.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/135/035_paulo_junio_terraceador_-_curvas_de_nivel.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/144/037_nilsinho_cep_rural.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/145/038_wilson_aquisicao_de_consultorio_odontologico.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/146/039_adilza_veiculo_para_a_secretaria_de_saude.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/147/040_gustavo_reforma_da_feira.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/148/041_gustavo_ampliacao_do_cemiterio.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/149/042_nilsinho_gps_maquinas_da_sec_de_agricultura.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/150/043_adilza_quebra_molas_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/151/044_adilza_coleta_de_lixo_na_regiao_dos_18.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/152/045_luzia_reforma_dos_postos_de_saude.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/153/046_luzia_ponto_de_onibus_reta_mineira.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/154/047_nelson_veiculo_sec._de_agricultura.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/155/048_nelson_sala_multifuncional.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/156/049_luzinete_eletricidade_residencial_arlindo.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/157/050_wilson_casa_de_acolhimento.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/158/051_wilson_onibus_terceira_idade.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/159/052_gustavo_programa_de_regularizacao_fundiaria.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/160/053_luzia_auxilio_financeiro_acs_e_ace.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/162/054_luzia_bicicletas_eletricas_acs.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/163/055_nelson_cameras_de_monitoramento_salas_de_aula_e_onibus.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/164/056_nilson_bezerra_van_para_transporte_de_isosos_da_zona_rural.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/165/057_casadim_abertura_de_rua_no_varjao.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/166/058_gustavo_limpeza_do_alto_bandeirantes.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/167/059_luzia_internet_nos_postos_de_saude_zona_rural.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/168/060_paulo_junio_faixa_de_pedestres_e_quebra_molas_em_frente_a_igreja_so_o_senhor_e_deus.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/169/061_paulo_junio_instalacao_de_ar-condicionado_nos_postos_de_saude_zona_rural.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/170/062_adilza_limpeza_da_rede_eletrica_do_poco_de_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/171/063_adilza_patrolamento_da_estarda_do_ponto_chic.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/172/064_nilson_bezerra_estacionamento_no_hospital.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/173/065_luzia_multiprofissionais_para_neuro_divergentes.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/174/066_nilsinho_uso_da_escola_agricola_-_fabrica_de_ceramica.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/175/067_wilson_patrolar_estarada_que_vai_para_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/176/068_wilson_limpeza_das_ruas_e_encascalhamento.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/177/069_wilson_atualizar_as_placas_de_nome_de_rua.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/178/070_gustavo_mini_parque_industrial.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/179/071_gustavo_criacao_de_area_de_lazer_no_campo_de_futebol.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/180/072_luzinete_pagamento_da_conta_de_agua_por_qr_code.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/187/073_nelson_lixeira_publica.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/188/074_nelson_faixa_de_pedestre_em_frente_as_escolas.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/189/075_wilson_reforma_do_salao_da_terceira_idade.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/190/076_wilson_campo_com_iluminacao_p._a._joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/191/077_wilson_academia_ao_ar_livre_p_a_padre_josino_e_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/192/078_gustavo_reforma_de_ponte_na_cascata_e_nova_catnduva.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/193/079_gustavo_rede_de_agua_em_nova_catanduva_-__a_extensao.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/194/080_gustavo_programa_de_estagio.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/195/081_nilsinho_regularizacao_fundiaria_cohab_andre_maggi.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/200/082_adilza_manutencao_na_rodovia_do_leite.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/201/083_adilza_bebedouro_posto_de_saude_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/202/084_adilza_estrado_do_joao_bruno_a_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/203/085_wilson_raio_x_dentario.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/204/086_wilson_arumar_estradas_sandrini_e_marcio_pereira.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/205/087_wilson_emenda_para_adquirir_caminhonete_para_ubs.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/206/088_gustavo_emenda_de_caminhote_para_sec_de_obras.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/207/089_gustavo_lei_lucas_-_curso_de_primeiros_socorros.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/208/090_casadim_quadro_de_comando_poco_do_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/209/091_nelson_iluminacao_da_rodovia_ao_residencial_arlindo.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/210/092_paulo_junio_rotatoria_e_letreiro_entrada_do_municipio.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/211/093_luzia_enumeracao_das_residencias_urbanas.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/212/094_luzia_internet_na_feira.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/213/095_luzia_encascalhamento_estrada_do_alagoano.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/214/096_gustavo_quadra_de_esporte.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/215/097_paulo_junio_encascalhamento_joao_pessoa.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/223/098_nilson_tavares_rede_de_agua_rua_perimetral_sul.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/224/099_nilson_tavares_regularizacao_e_georreferenciamento_no_colegio_agricola.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/225/100_nilson_tavares_fogao_e_geladeira_para_o_posto_eleitoral.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/239/101_nelson_recuperar_meio_fio_e_calcadas.doc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/240/102_gustavo_instalar_ponto_de_internet_nas_3_pracas.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/241/103_adilza_iluminacao_da_mt_470_a_ponte.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/242/104_gustavo_alteracao_do_perimetro_urbano.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/243/105_gustavo_criacao_da_brigada_ambiental.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/244/106_casadim_programa_de_sustentabilidade_alimentar.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/249/107_nelson_gerador_de_energia_para_o_hospital.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/250/108_adilza_limpeza_da_rodoviaria.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/251/109_adilza_manutencao_da_estrada_do_campinho.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/252/110_wilson_fundo_municipal_do_conselho_do_idoso.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/253/111_gustavo_aula_de_reforco_na_biblioteca.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/254/112_gustavo_iluminacao_nas_ruas_perimetrais.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/255/113_gustavo_transformador_proximo_a_cohab.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/256/114_luzia_curso_de_primeros_socorros_secretaria_de_saude.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/257/115_paulo_junio_promover_campeonatos_de_futebol_na_praca_central.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/258/116_paulo_junio_patrolamento_e_encascalhamento_da_estrada_boiadeira.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/259/117_nilson_bezerra_reparo_na_campanhia_do_hospital.doc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/278/118_gustavo_tendas_para_os_feirantes.doc" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/279/119_gustavo_revitalizacao_a_rodoviaria._comercio_e_lazer.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/280/120_wilson_rebaixar_a_tensao_da_rede_da_saida_da_cidade_ate_o_residencial.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/281/121_gustavo_realizar_zonemento_ambiental.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/282/122_wilson_servir_refeicao_a_pacientes_internados_que_residem_na_zona_rural.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/283/123_nilsinho_para_valdir_barranco_-_tornar_de_utilidade_publica_estadual_as_associacoes.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/284/124_nilsinho_para_barranco_-_tornar_de_utilidade_publica_as_associacoes_do_municipio.doc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/285/125_casadim_sinalizacao_na_creche_municipal_estacionamento_exclusivo_para_onibus.doc" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/297/126_gustavo_zonenamneto_-_criacao_de_bairros.doc" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/298/127_regularizacao_de_quadras_nas_areas_periurbanas.doc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/299/128_construcao_de_um_campo_de_maia.doc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/300/129_nilsinho_aumentar_o_numero_de_merendeiras.doc" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/301/130_nilsinho_construir_playround_e_academia_nas_novas_casa.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/302/131_pavimentacao_da_rua_lupercio_assuncao.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/303/132_nelson_oferecer_cafa_da_manha_para_os_servidores_da_secretaria_de_desenv._urbano.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/307/133_luzia_perfurar_poco_no_colegio_agricola.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/308/134_luzia_ponto_de_coleta_de_lixo_serrinha_e_reta_mineira.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/309/135_luzia_solicita_emenda_thiago_silva_-_autismo.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/310/136_adilza_reservar_area_do_colegio_agricola_para_arena_de_rodeio.doc" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/311/137_nelson_contruir_rampa_no_cartorio_eleitoral.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/312/138_nelson_construir_ponto_de_onibus_na_area_urbana_para_o_tranporte_escolar.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/318/139_luzinete_arrumar_ponte_da_senhora_gloria_de_jesus.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/323/140_wilson_patrolamento_e_encasacalhamento_joaozinho_e_reinaldo_-_e_valdirzim.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/324/141_paulo_junio_pavimentacao_da_rua_elias_localizada_em_frente_a_escola_sao_sebastiao.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/325/142_paulo_junio_tampar_burado_de_agua_em_frente_ao_acougue_do_clber.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/326/143_paulo_junio_instalar_buiros_intelegentes_no_municipio.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/327/144_nilsinho_realizar_construcao_de_estrada_na_comunidade_tadarimana.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/328/145_nilsinho_realizar_a_construcao_de_quebra_molas_na_propriedade_do_senhor_sebastiao.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/329/146_nilsinho_construir_quebra_molas_propriedade_do_senhor_pedrinho_e_a_mao_do_fabio_da_g15.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/330/147_gustavo_manutencao_das_estradas_do_renascer.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/331/148_gustavo_reabrir_estrada_na_licurgo_pimentael_em_frente_a_propriedade_da_familia_da_iramcema.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/337/149_nilsinho_instalart_painel_eletronico.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/338/150_casadim_construir_quebra_molas_em_frente_a_cida_do_cartorio.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/339/151_nelson_patrolamento_e_encascalhamento_alexina_borges_e_joao_silva_1.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/340/152_nelson_manuencao_da_iluminacao_do_cemiterio.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/341/153_gustavo_construcao_de_calcadas_para_max_russi.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/342/154_gustavo_pavimentacao_trecho_torquato_a_licurgo_pimentel.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/343/155_adilza_realizar_a_limpeza_de_nova_catanduva_-_rua_praca_campo_manutencao_de_lampada.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/349/156_adilza_realizar_vistoria_do_poco_artesiano_de_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/350/157_adilza_realizar_estudo_para_perfuracao_de_um_novo_poco_em_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/351/158_gustavo_instalar_cameras_de_seguranca_no_cemiterio_-__em_nome_de_todos.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/352/159_nilson_e_demais_vereadores_-_destinacao_emenda_ao_mobsuas_deputado_emanuelzinho.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/353/160_gustavo_rede_de_agua_sandrini.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/354/161_luzia_instalar_pontos_de_coleta_de_lixo_no_padr_josino.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/355/162_wilson_reforma_de_ponte.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/358/163_adilza_manutencao_do_veiculo_fiat_mobi_do_psf.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/359/164_nilsinho_geofono_e_aparelho_medidor_de_hidrometro.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/360/165_nilsinho_iluminacao_publica.doc" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/361/166_nilsinho_viveiro_de_meudas_florestais.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/362/167_adilza_adquirir_um_soprador_de_folhas_para_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/363/168_nelson_limpeza_das_ruas_e_meio_fio_da_cidade.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/364/169_nelson_instalcar_sinalizacao_temporaria_nas_ruas_recem_asflatdas.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/365/170_gustavo_iluminacao_de_led_no_varjao_e_areas_periurbanas.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/371/171_adilza_-_identificar_com_placas_na_divisas.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/372/172_-_nelson.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/373/173_-_nelson_1.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/374/174_luzia_construir_posto_de_saude_no_padre_josino.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/375/175_casadim.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/376/176_casadim.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/377/177_casasim.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/378/178_-_luzia_ar_projeto_pietro_lucca.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/382/179_adilza_caminhoes_de_terra_para_a_terceira_idade.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/383/180_casadim_patrolamento_e_encascalhamento_na_estrada_da_dona_eliane.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/384/181_casadim_construir_rampa_para_lava_jato_com_contencao_para_o_patio.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/385/182_casadim_instalar_um_filtro_no_bebedouro_do_ginasio.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/386/183_nelson_reforma_do_predio_da_sec_de_obras.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/387/184_nilsinho_alterar_o_codigo_tributario_para_o_cartorio_passar_o_iss_para_o_cliente.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/388/185_nilsinho_regularizacao_de_loteamentos_rurais.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/389/186_gustavo_construcao_de_faixa_elevada_de_acesso_a_praca.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/390/187_gustavo_regularizacao_fundiaria_urbana_e_periurbana_para_max_russi.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/391/188_luzia_construcao_de_ciclovia_na_rodovia_sentido_rio_tadarimana.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/393/189_nilsinho_solicitacao_de_alteracao_no_cadunico.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/401/190_gustavo_plantio_de_80_mudas_de_ipe_na_entrada_da_cidade_mt_789.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/402/191_gustavo_criacao_de_uma_quadra_de_areia_na_cidade.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/403/192_adilza_pintar_o_predio_da_escola_de_nova_catanduva.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/404/193_nilsinho_construir_muro_no_patio_da_sec_de_obras.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/412/194_adilza_adquirir_tratorzinho_para_rocar_grama_do_campo_de_futebol_de_sao_jose_do_povo.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/413/195_adilza_ar-condicionado_do_centro_de_saude_no_corredor_retirar.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/414/196_wilson_reforma_da_ponte_localizada_no_alagoano_proxima_a_propriedade_do_senhor_toninho_pio.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/416/197_gustavo_pedir_a_pc_do_consorcio_para_fazer_represas.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/417/198_gustavo_reforma_do_ginasio_de_esportes.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/418/199_nelson_contruir_quebra_mola_em_frente_ao_ze_da_roseli.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/419/200_casadim_manutencao_e_encascalhamento_da_estrada_do_senhor_tita_p_a_sandrini.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/184/001_gustavo_para_jeany.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/185/002_gustavo_para_silvany.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/186/003_gustavo_para_ludovico.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/264/004_luzia_para_jose_otaviano.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/268/005_gustavo_para_gremio_ludovico.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/313/006_coronel_benedito.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/314/007_casadinho_para_senhor_agripino.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/315/008_nelson_e_gustavo_para_torneio_leiteiro.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/316/009_gustavo_e_nelson_-_joaquim_neto.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/317/010_gustavo_e_nelson_-_alessandra.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/369/011_paulo_junio_-_sequestro_irmao_juninho.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/405/012_jeronima_maria_duarte.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/427/017_uderico.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/428/018_rosalina.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/429/019_alexina_borges.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/430/020_raimunda.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/431/021_orlanda.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/432/022_professor_errerra.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/433/023_ilda_matos.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/434/024_iraides.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/435/025_dona_divina.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/436/026_tiao_trindade.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/437/027_lidinho.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_emenda_001_lei_organica_ass..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/305/veto_projeto_de_lei_33__assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/367/veto_ao_projeto_legislativo_46_ass..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/368/veto_ao_projeto_de_lei_legislativo_43-2025_ass..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/276/emenda__01_2025_-_pl_31.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/277/emenda__02_2025_-_pl_31.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/408/emenda__04_2025_-_pl_50.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/119/emenda_aditiva_01_2025.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/237/emenda_ao_pl_19.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/260/emenda_ao_pl_25.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/272/emenda_pl_30.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/273/emenda_pl_30_2o.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/274/emenda_pl_31.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/275/emenda_pl_30_3o.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/406/emenda_pl_55_ppa_versao_3.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/407/emenda_pl_50_ldo.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/248/oficio_111_solicita_plenario_audiencia_rgf_ass..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/261/analise_de_agua.zip" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/286/anexo_argamassa.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/335/resposta_para_camara_do_sindicato.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/336/of._151.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/345/oficio_156_audiencia_ldo__ass..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/357/resposta_ao_requerimento_no06-25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/366/oficio_camara.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/379/oficio_182_retirada_de_projeto_ppa_ass..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/394/of._194_retirada_do_ppa.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/399/anexos_ldo_corretos.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/409/oficio_199_regularizacao_fundiaria_para_camara_ass..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/410/oficio_202_referente_audiencia_loa_ass..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/411/oficio_presidente_da_camara_assinado__resposta_casa.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/415/resposta_oficio_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/440/oficio__213_ass..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/295/01-_emenda_a_lom.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/304/02_-_credito_supelmentar_novas_secretarias.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/319/03_projeto_de_lei_33_-_comodato_ceramica_guiratinga.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/320/04_pl_34_-_comodato_argamassa_sao_jose.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/321/05_pl_35_-_comodato_da_primer_collor.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojosedopovo.mt.leg.br/media/sapl/public/materialegislativa/2025/439/of._no_916.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H245"/>
+  <dimension ref="A1:H315"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="119.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="174.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="198.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="175.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4394,5136 +5016,6956 @@
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H49" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>208</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>209</v>
       </c>
       <c r="D50" t="s">
-        <v>209</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H50" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B51" t="s">
-[...11 lines deleted...]
-      <c r="F51" t="s">
+      <c r="H51" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>216</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
         <v>217</v>
       </c>
-      <c r="B52" t="s">
-[...5 lines deleted...]
-      <c r="D52" t="s">
+      <c r="G52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>217</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>225</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>218</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>219</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>226</v>
       </c>
       <c r="H54" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="D55" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>217</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F55" t="s">
+      <c r="H55" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B56" t="s">
-[...14 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>237</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="H57" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>240</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E58" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="F58" t="s">
-        <v>231</v>
+        <v>201</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H58" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E59" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="F59" t="s">
-        <v>34</v>
+        <v>246</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H59" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="E60" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="F60" t="s">
-        <v>231</v>
+        <v>184</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>229</v>
+        <v>253</v>
       </c>
       <c r="E61" t="s">
-        <v>230</v>
+        <v>254</v>
       </c>
       <c r="F61" t="s">
-        <v>250</v>
+        <v>34</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="H61" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>257</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" t="s">
         <v>253</v>
       </c>
-      <c r="B62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62" t="s">
-        <v>230</v>
+        <v>254</v>
       </c>
       <c r="F62" t="s">
-        <v>254</v>
+        <v>34</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H62" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E63" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F63" t="s">
-        <v>254</v>
+        <v>175</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H63" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E64" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F64" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="H64" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" t="s">
+        <v>264</v>
+      </c>
+      <c r="E65" t="s">
         <v>265</v>
       </c>
-      <c r="B65" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>266</v>
+        <v>217</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H65" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E66" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F66" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="H66" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="D67" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E67" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F67" t="s">
-        <v>184</v>
+        <v>217</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H67" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="D68" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E68" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F68" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="H68" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="D69" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E69" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F69" t="s">
-        <v>279</v>
+        <v>217</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H69" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>126</v>
+        <v>38</v>
       </c>
       <c r="D70" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E70" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F70" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H70" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D71" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E71" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F71" t="s">
-        <v>63</v>
+        <v>288</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H71" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="D72" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E72" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F72" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="H72" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>158</v>
+        <v>54</v>
       </c>
       <c r="D73" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E73" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F73" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
       <c r="D74" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E74" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F74" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H74" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>166</v>
+        <v>67</v>
       </c>
       <c r="D75" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E75" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F75" t="s">
-        <v>184</v>
+        <v>300</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H75" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>170</v>
+        <v>71</v>
       </c>
       <c r="D76" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E76" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F76" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H76" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>174</v>
+        <v>79</v>
       </c>
       <c r="D77" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E77" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F77" t="s">
-        <v>283</v>
+        <v>184</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H77" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>179</v>
+        <v>83</v>
       </c>
       <c r="D78" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E78" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F78" t="s">
-        <v>294</v>
+        <v>313</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="H78" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>183</v>
+        <v>126</v>
       </c>
       <c r="D79" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E79" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F79" t="s">
-        <v>184</v>
+        <v>317</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="H79" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>188</v>
+        <v>142</v>
       </c>
       <c r="D80" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E80" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F80" t="s">
-        <v>184</v>
+        <v>63</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="H80" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="D81" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E81" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F81" t="s">
-        <v>63</v>
+        <v>324</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H81" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>196</v>
+        <v>158</v>
       </c>
       <c r="D82" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E82" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F82" t="s">
-        <v>63</v>
+        <v>328</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="H82" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>200</v>
+        <v>162</v>
       </c>
       <c r="D83" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E83" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F83" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="H83" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>205</v>
+        <v>166</v>
       </c>
       <c r="D84" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E84" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F84" t="s">
-        <v>326</v>
+        <v>184</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="H84" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>333</v>
+        <v>170</v>
       </c>
       <c r="D85" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E85" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F85" t="s">
-        <v>334</v>
+        <v>300</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="H85" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>338</v>
+        <v>174</v>
       </c>
       <c r="D86" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E86" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F86" t="s">
-        <v>254</v>
+        <v>317</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H86" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>342</v>
+        <v>179</v>
       </c>
       <c r="D87" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E87" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F87" t="s">
-        <v>254</v>
+        <v>328</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H87" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>346</v>
+        <v>183</v>
       </c>
       <c r="D88" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E88" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F88" t="s">
-        <v>283</v>
+        <v>184</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H88" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>350</v>
+        <v>188</v>
       </c>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E89" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F89" t="s">
-        <v>63</v>
+        <v>184</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H89" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>353</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>354</v>
+        <v>192</v>
       </c>
       <c r="D90" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E90" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F90" t="s">
         <v>63</v>
       </c>
       <c r="G90" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H90" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>356</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>196</v>
+      </c>
+      <c r="D91" t="s">
+        <v>292</v>
+      </c>
+      <c r="E91" t="s">
+        <v>293</v>
+      </c>
+      <c r="F91" t="s">
+        <v>63</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="B91" t="s">
-[...2 lines deleted...]
-      <c r="C91" t="s">
+      <c r="H91" t="s">
         <v>358</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>359</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>200</v>
+      </c>
+      <c r="D92" t="s">
+        <v>292</v>
+      </c>
+      <c r="E92" t="s">
+        <v>293</v>
+      </c>
+      <c r="F92" t="s">
+        <v>360</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H92" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>368</v>
+        <v>205</v>
       </c>
       <c r="D93" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E93" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F93" t="s">
-        <v>201</v>
+        <v>360</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="H93" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>372</v>
+        <v>209</v>
       </c>
       <c r="D94" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E94" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F94" t="s">
-        <v>266</v>
+        <v>367</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="H94" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>376</v>
+        <v>212</v>
       </c>
       <c r="D95" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E95" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F95" t="s">
-        <v>63</v>
+        <v>288</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="H95" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>380</v>
+        <v>216</v>
       </c>
       <c r="D96" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E96" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F96" t="s">
-        <v>231</v>
+        <v>288</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="H96" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>384</v>
+        <v>221</v>
       </c>
       <c r="D97" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E97" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F97" t="s">
-        <v>231</v>
+        <v>317</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="H97" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>387</v>
+        <v>379</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>388</v>
+        <v>225</v>
       </c>
       <c r="D98" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E98" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F98" t="s">
-        <v>184</v>
+        <v>63</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="H98" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>392</v>
+        <v>229</v>
       </c>
       <c r="D99" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E99" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F99" t="s">
-        <v>184</v>
+        <v>63</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="H99" t="s">
-        <v>394</v>
+        <v>384</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>396</v>
+        <v>233</v>
       </c>
       <c r="D100" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E100" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F100" t="s">
-        <v>201</v>
+        <v>386</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="H100" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>400</v>
+        <v>237</v>
       </c>
       <c r="D101" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E101" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F101" t="s">
-        <v>63</v>
+        <v>390</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
       <c r="H101" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="D102" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E102" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F102" t="s">
-        <v>294</v>
+        <v>201</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="H102" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="D103" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E103" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F103" t="s">
-        <v>254</v>
+        <v>300</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="H103" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="D104" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E104" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F104" t="s">
-        <v>254</v>
+        <v>63</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="H104" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="D105" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E105" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F105" t="s">
-        <v>254</v>
+        <v>217</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="H105" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="D106" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E106" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F106" t="s">
-        <v>283</v>
+        <v>217</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="H106" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="D107" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E107" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F107" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>425</v>
+        <v>415</v>
       </c>
       <c r="H107" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>427</v>
+        <v>417</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="D108" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E108" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F108" t="s">
-        <v>334</v>
+        <v>184</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="H108" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="D109" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E109" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F109" t="s">
-        <v>359</v>
+        <v>201</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="H109" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="D110" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E110" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F110" t="s">
-        <v>359</v>
+        <v>63</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="H110" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="D111" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E111" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F111" t="s">
-        <v>254</v>
+        <v>328</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="H111" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="D112" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E112" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F112" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="H112" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="D113" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E113" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F113" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="H113" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="D114" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E114" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F114" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="H114" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="D115" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E115" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F115" t="s">
-        <v>266</v>
+        <v>317</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="H115" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="D116" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E116" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F116" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="H116" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="D117" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E117" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F117" t="s">
-        <v>34</v>
+        <v>367</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="H117" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="D118" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E118" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F118" t="s">
-        <v>184</v>
+        <v>386</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="H118" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="D119" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E119" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F119" t="s">
-        <v>184</v>
+        <v>386</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="H119" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="D120" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E120" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F120" t="s">
-        <v>184</v>
+        <v>288</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="H120" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="D121" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E121" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F121" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="H121" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="D122" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E122" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F122" t="s">
-        <v>254</v>
+        <v>288</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="H122" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="D123" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E123" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F123" t="s">
-        <v>254</v>
+        <v>300</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="H123" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="D124" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E124" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F124" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="H124" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="D125" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E125" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F125" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="H125" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>8</v>
+        <v>490</v>
       </c>
       <c r="D126" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E126" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F126" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c r="H126" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>502</v>
+        <v>493</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>16</v>
+        <v>494</v>
       </c>
       <c r="D127" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E127" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F127" t="s">
-        <v>359</v>
+        <v>184</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="H127" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>20</v>
+        <v>498</v>
       </c>
       <c r="D128" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E128" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F128" t="s">
-        <v>231</v>
+        <v>184</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="H128" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>24</v>
+        <v>502</v>
       </c>
       <c r="D129" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E129" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F129" t="s">
-        <v>63</v>
+        <v>184</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="H129" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="D130" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E130" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F130" t="s">
-        <v>63</v>
+        <v>288</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="H130" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>217</v>
+        <v>510</v>
       </c>
       <c r="D131" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E131" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F131" t="s">
-        <v>63</v>
+        <v>288</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="H131" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>222</v>
+        <v>514</v>
       </c>
       <c r="D132" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E132" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F132" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="H132" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D133" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E133" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F133" t="s">
-        <v>231</v>
+        <v>300</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="H133" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D134" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E134" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F134" t="s">
-        <v>34</v>
+        <v>300</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="H134" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>530</v>
+        <v>8</v>
       </c>
       <c r="D135" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E135" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F135" t="s">
-        <v>34</v>
+        <v>201</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="H135" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>534</v>
+        <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E136" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F136" t="s">
-        <v>34</v>
+        <v>386</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="H136" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>538</v>
+        <v>20</v>
       </c>
       <c r="D137" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E137" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F137" t="s">
-        <v>359</v>
+        <v>217</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="H137" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>542</v>
+        <v>24</v>
       </c>
       <c r="D138" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E138" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F138" t="s">
-        <v>266</v>
+        <v>63</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="H138" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>545</v>
+        <v>537</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>28</v>
+        <v>538</v>
       </c>
       <c r="D139" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E139" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F139" t="s">
-        <v>184</v>
+        <v>63</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="H139" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>549</v>
+        <v>252</v>
       </c>
       <c r="D140" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E140" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F140" t="s">
-        <v>266</v>
+        <v>63</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="H140" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>552</v>
+        <v>544</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>553</v>
+        <v>257</v>
       </c>
       <c r="D141" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E141" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F141" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="H141" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>32</v>
+        <v>548</v>
       </c>
       <c r="D142" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E142" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F142" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="H142" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>560</v>
+        <v>552</v>
       </c>
       <c r="D143" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E143" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F143" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>561</v>
+        <v>553</v>
       </c>
       <c r="H143" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>563</v>
+        <v>555</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>257</v>
+        <v>556</v>
       </c>
       <c r="D144" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E144" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F144" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="H144" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D145" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E145" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F145" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="H145" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>262</v>
+        <v>564</v>
       </c>
       <c r="D146" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E146" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F146" t="s">
-        <v>254</v>
+        <v>386</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="H146" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>265</v>
+        <v>568</v>
       </c>
       <c r="D147" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E147" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F147" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="H147" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>577</v>
+        <v>28</v>
       </c>
       <c r="D148" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E148" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F148" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H148" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>269</v>
+        <v>575</v>
       </c>
       <c r="D149" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E149" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F149" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="H149" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>272</v>
+        <v>579</v>
       </c>
       <c r="D150" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E150" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F150" t="s">
-        <v>63</v>
+        <v>300</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="H150" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>587</v>
+        <v>32</v>
       </c>
       <c r="D151" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E151" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F151" t="s">
-        <v>231</v>
+        <v>201</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="H151" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>275</v>
+        <v>586</v>
       </c>
       <c r="D152" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E152" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F152" t="s">
-        <v>231</v>
+        <v>386</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="H152" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="D153" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E153" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F153" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="H153" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="D154" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E154" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F154" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="H154" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>601</v>
+        <v>296</v>
       </c>
       <c r="D155" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E155" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F155" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="H155" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>605</v>
+        <v>299</v>
       </c>
       <c r="D156" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E156" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F156" t="s">
-        <v>254</v>
+        <v>300</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="H156" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="D157" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E157" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F157" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="H157" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>613</v>
+        <v>303</v>
       </c>
       <c r="D158" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E158" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F158" t="s">
-        <v>254</v>
+        <v>300</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="H158" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>617</v>
+        <v>306</v>
       </c>
       <c r="D159" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E159" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F159" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="H159" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="D160" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E160" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F160" t="s">
-        <v>34</v>
+        <v>217</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="H160" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>625</v>
+        <v>309</v>
       </c>
       <c r="D161" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E161" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F161" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="H161" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>628</v>
+        <v>619</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>629</v>
+        <v>312</v>
       </c>
       <c r="D162" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E162" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F162" t="s">
-        <v>266</v>
+        <v>201</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="H162" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="D163" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E163" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F163" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="H163" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="D164" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E164" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F164" t="s">
-        <v>266</v>
+        <v>300</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="H164" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>282</v>
+        <v>631</v>
       </c>
       <c r="D165" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E165" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F165" t="s">
-        <v>34</v>
+        <v>288</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="H165" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="D166" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E166" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F166" t="s">
-        <v>34</v>
+        <v>300</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="H166" t="s">
-        <v>646</v>
+        <v>637</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>647</v>
+        <v>638</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>648</v>
+        <v>639</v>
       </c>
       <c r="D167" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E167" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F167" t="s">
-        <v>34</v>
+        <v>288</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="H167" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>651</v>
+        <v>642</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>652</v>
+        <v>643</v>
       </c>
       <c r="D168" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E168" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F168" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>653</v>
+        <v>644</v>
       </c>
       <c r="H168" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>655</v>
+        <v>646</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>286</v>
+        <v>647</v>
       </c>
       <c r="D169" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E169" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F169" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="H169" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="D170" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E170" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F170" t="s">
-        <v>63</v>
+        <v>201</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
       <c r="H170" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>289</v>
+        <v>655</v>
       </c>
       <c r="D171" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E171" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F171" t="s">
-        <v>63</v>
+        <v>300</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="H171" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="D172" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E172" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F172" t="s">
-        <v>184</v>
+        <v>300</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="H172" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="D173" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E173" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F173" t="s">
-        <v>359</v>
+        <v>300</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
       <c r="H173" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>37</v>
+        <v>316</v>
       </c>
       <c r="D174" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E174" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F174" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="H174" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>41</v>
+        <v>670</v>
       </c>
       <c r="D175" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E175" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F175" t="s">
-        <v>334</v>
+        <v>34</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="H175" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>45</v>
+        <v>674</v>
       </c>
       <c r="D176" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E176" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F176" t="s">
-        <v>254</v>
+        <v>34</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="H176" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>49</v>
+        <v>678</v>
       </c>
       <c r="D177" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E177" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F177" t="s">
-        <v>231</v>
+        <v>386</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="H177" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>53</v>
+        <v>320</v>
       </c>
       <c r="D178" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E178" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F178" t="s">
-        <v>231</v>
+        <v>63</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="H178" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>57</v>
+        <v>685</v>
       </c>
       <c r="D179" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E179" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F179" t="s">
-        <v>231</v>
+        <v>63</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="H179" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>293</v>
+        <v>323</v>
       </c>
       <c r="D180" t="s">
-        <v>258</v>
+        <v>292</v>
       </c>
       <c r="E180" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="F180" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="H180" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>691</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>692</v>
+      </c>
+      <c r="D181" t="s">
+        <v>292</v>
+      </c>
+      <c r="E181" t="s">
+        <v>293</v>
+      </c>
+      <c r="F181" t="s">
+        <v>184</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H181" t="s">
         <v>694</v>
-      </c>
-[...19 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>695</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>696</v>
+      </c>
+      <c r="D182" t="s">
+        <v>292</v>
+      </c>
+      <c r="E182" t="s">
+        <v>293</v>
+      </c>
+      <c r="F182" t="s">
+        <v>386</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>697</v>
       </c>
-      <c r="B182" t="s">
-[...14 lines deleted...]
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>699</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>37</v>
+      </c>
+      <c r="D183" t="s">
+        <v>292</v>
+      </c>
+      <c r="E183" t="s">
+        <v>293</v>
+      </c>
+      <c r="F183" t="s">
+        <v>386</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="B183" t="s">
-[...14 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>702</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>41</v>
+      </c>
+      <c r="D184" t="s">
+        <v>292</v>
+      </c>
+      <c r="E184" t="s">
+        <v>293</v>
+      </c>
+      <c r="F184" t="s">
+        <v>367</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B184" t="s">
-[...14 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>705</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>45</v>
+      </c>
+      <c r="D185" t="s">
+        <v>292</v>
+      </c>
+      <c r="E185" t="s">
+        <v>293</v>
+      </c>
+      <c r="F185" t="s">
+        <v>288</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B185" t="s">
-[...14 lines deleted...]
-      <c r="G185" s="1" t="s">
+      <c r="H185" t="s">
         <v>707</v>
-      </c>
-[...1 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>708</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>49</v>
+      </c>
+      <c r="D186" t="s">
+        <v>292</v>
+      </c>
+      <c r="E186" t="s">
+        <v>293</v>
+      </c>
+      <c r="F186" t="s">
+        <v>217</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="B186" t="s">
-[...14 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>711</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>53</v>
+      </c>
+      <c r="D187" t="s">
+        <v>292</v>
+      </c>
+      <c r="E187" t="s">
+        <v>293</v>
+      </c>
+      <c r="F187" t="s">
+        <v>217</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="B187" t="s">
-[...14 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>714</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>57</v>
+      </c>
+      <c r="D188" t="s">
+        <v>292</v>
+      </c>
+      <c r="E188" t="s">
+        <v>293</v>
+      </c>
+      <c r="F188" t="s">
+        <v>217</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B188" t="s">
-[...14 lines deleted...]
-      <c r="G188" s="1" t="s">
+      <c r="H188" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>717</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>327</v>
+      </c>
+      <c r="D189" t="s">
+        <v>292</v>
+      </c>
+      <c r="E189" t="s">
+        <v>293</v>
+      </c>
+      <c r="F189" t="s">
+        <v>34</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B189" t="s">
-[...14 lines deleted...]
-      <c r="G189" s="1" t="s">
+      <c r="H189" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>720</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>331</v>
+      </c>
+      <c r="D190" t="s">
+        <v>292</v>
+      </c>
+      <c r="E190" t="s">
+        <v>293</v>
+      </c>
+      <c r="F190" t="s">
+        <v>34</v>
+      </c>
+      <c r="G190" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B190" t="s">
-[...14 lines deleted...]
-      <c r="G190" s="1" t="s">
+      <c r="H190" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>723</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>335</v>
+      </c>
+      <c r="D191" t="s">
+        <v>292</v>
+      </c>
+      <c r="E191" t="s">
+        <v>293</v>
+      </c>
+      <c r="F191" t="s">
+        <v>34</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="B191" t="s">
-[...14 lines deleted...]
-      <c r="G191" s="1" t="s">
+      <c r="H191" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>726</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>338</v>
+      </c>
+      <c r="D192" t="s">
+        <v>292</v>
+      </c>
+      <c r="E192" t="s">
+        <v>293</v>
+      </c>
+      <c r="F192" t="s">
+        <v>300</v>
+      </c>
+      <c r="G192" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="B192" t="s">
-[...14 lines deleted...]
-      <c r="G192" s="1" t="s">
+      <c r="H192" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>729</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>341</v>
+      </c>
+      <c r="D193" t="s">
+        <v>292</v>
+      </c>
+      <c r="E193" t="s">
+        <v>293</v>
+      </c>
+      <c r="F193" t="s">
+        <v>300</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="B193" t="s">
-[...14 lines deleted...]
-      <c r="G193" s="1" t="s">
+      <c r="H193" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>732</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>344</v>
+      </c>
+      <c r="D194" t="s">
+        <v>292</v>
+      </c>
+      <c r="E194" t="s">
+        <v>293</v>
+      </c>
+      <c r="F194" t="s">
+        <v>34</v>
+      </c>
+      <c r="G194" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="B194" t="s">
-[...14 lines deleted...]
-      <c r="G194" s="1" t="s">
+      <c r="H194" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>735</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>347</v>
+      </c>
+      <c r="D195" t="s">
+        <v>292</v>
+      </c>
+      <c r="E195" t="s">
+        <v>293</v>
+      </c>
+      <c r="F195" t="s">
+        <v>390</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="B195" t="s">
-[...14 lines deleted...]
-      <c r="G195" s="1" t="s">
+      <c r="H195" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>738</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>350</v>
+      </c>
+      <c r="D196" t="s">
+        <v>292</v>
+      </c>
+      <c r="E196" t="s">
+        <v>293</v>
+      </c>
+      <c r="F196" t="s">
+        <v>386</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B196" t="s">
-[...14 lines deleted...]
-      <c r="G196" s="1" t="s">
+      <c r="H196" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>741</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>353</v>
+      </c>
+      <c r="D197" t="s">
+        <v>292</v>
+      </c>
+      <c r="E197" t="s">
+        <v>293</v>
+      </c>
+      <c r="F197" t="s">
+        <v>386</v>
+      </c>
+      <c r="G197" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B197" t="s">
-[...14 lines deleted...]
-      <c r="G197" s="1" t="s">
+      <c r="H197" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>744</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>356</v>
+      </c>
+      <c r="D198" t="s">
+        <v>292</v>
+      </c>
+      <c r="E198" t="s">
+        <v>293</v>
+      </c>
+      <c r="F198" t="s">
+        <v>300</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B198" t="s">
-[...14 lines deleted...]
-      <c r="G198" s="1" t="s">
+      <c r="H198" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>747</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>359</v>
+      </c>
+      <c r="D199" t="s">
+        <v>292</v>
+      </c>
+      <c r="E199" t="s">
+        <v>293</v>
+      </c>
+      <c r="F199" t="s">
+        <v>300</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B199" t="s">
-[...14 lines deleted...]
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>750</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>363</v>
+      </c>
+      <c r="D200" t="s">
+        <v>292</v>
+      </c>
+      <c r="E200" t="s">
+        <v>293</v>
+      </c>
+      <c r="F200" t="s">
+        <v>184</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B200" t="s">
-[...14 lines deleted...]
-      <c r="G200" s="1" t="s">
+      <c r="H200" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>753</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>366</v>
+      </c>
+      <c r="D201" t="s">
+        <v>292</v>
+      </c>
+      <c r="E201" t="s">
+        <v>293</v>
+      </c>
+      <c r="F201" t="s">
+        <v>184</v>
+      </c>
+      <c r="G201" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B201" t="s">
-[...14 lines deleted...]
-      <c r="G201" s="1" t="s">
+      <c r="H201" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>756</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>370</v>
+      </c>
+      <c r="D202" t="s">
+        <v>292</v>
+      </c>
+      <c r="E202" t="s">
+        <v>293</v>
+      </c>
+      <c r="F202" t="s">
+        <v>184</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="B202" t="s">
-[...14 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>759</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>373</v>
+      </c>
+      <c r="D203" t="s">
+        <v>292</v>
+      </c>
+      <c r="E203" t="s">
+        <v>293</v>
+      </c>
+      <c r="F203" t="s">
+        <v>317</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="B203" t="s">
-[...14 lines deleted...]
-      <c r="G203" s="1" t="s">
+      <c r="H203" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>762</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>376</v>
+      </c>
+      <c r="D204" t="s">
+        <v>292</v>
+      </c>
+      <c r="E204" t="s">
+        <v>293</v>
+      </c>
+      <c r="F204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G204" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="B204" t="s">
-[...14 lines deleted...]
-      <c r="G204" s="1" t="s">
+      <c r="H204" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>765</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>379</v>
+      </c>
+      <c r="D205" t="s">
+        <v>292</v>
+      </c>
+      <c r="E205" t="s">
+        <v>293</v>
+      </c>
+      <c r="F205" t="s">
+        <v>317</v>
+      </c>
+      <c r="G205" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="B205" t="s">
-[...14 lines deleted...]
-      <c r="G205" s="1" t="s">
+      <c r="H205" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>768</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>240</v>
+      </c>
+      <c r="D206" t="s">
+        <v>292</v>
+      </c>
+      <c r="E206" t="s">
+        <v>293</v>
+      </c>
+      <c r="F206" t="s">
+        <v>63</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="B206" t="s">
-[...14 lines deleted...]
-      <c r="G206" s="1" t="s">
+      <c r="H206" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>771</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>382</v>
+      </c>
+      <c r="D207" t="s">
+        <v>292</v>
+      </c>
+      <c r="E207" t="s">
+        <v>293</v>
+      </c>
+      <c r="F207" t="s">
+        <v>288</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B207" t="s">
-[...5 lines deleted...]
-      <c r="D207" t="s">
+      <c r="H207" t="s">
         <v>773</v>
-      </c>
-[...10 lines deleted...]
-        <v>776</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>17</v>
+        <v>385</v>
       </c>
       <c r="D208" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E208" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F208" t="s">
-        <v>266</v>
+        <v>184</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="H208" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>21</v>
+        <v>389</v>
       </c>
       <c r="D209" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E209" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F209" t="s">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="H209" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>25</v>
+        <v>393</v>
       </c>
       <c r="D210" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E210" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F210" t="s">
-        <v>63</v>
+        <v>328</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="H210" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>29</v>
+        <v>397</v>
       </c>
       <c r="D211" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E211" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F211" t="s">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="H211" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>33</v>
+        <v>401</v>
       </c>
       <c r="D212" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E212" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F212" t="s">
-        <v>231</v>
+        <v>184</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="H212" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>38</v>
+        <v>405</v>
       </c>
       <c r="D213" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E213" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F213" t="s">
-        <v>201</v>
+        <v>386</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="H213" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>42</v>
+        <v>409</v>
       </c>
       <c r="D214" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E214" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F214" t="s">
-        <v>796</v>
+        <v>386</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="H214" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>46</v>
+        <v>413</v>
       </c>
       <c r="D215" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E215" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F215" t="s">
+        <v>300</v>
+      </c>
+      <c r="G215" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="G215" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H215" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>50</v>
+        <v>417</v>
       </c>
       <c r="D216" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E216" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F216" t="s">
-        <v>796</v>
+        <v>184</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="H216" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>54</v>
+        <v>421</v>
       </c>
       <c r="D217" t="s">
-        <v>773</v>
+        <v>292</v>
       </c>
       <c r="E217" t="s">
-        <v>774</v>
+        <v>293</v>
       </c>
       <c r="F217" t="s">
-        <v>231</v>
+        <v>386</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="H217" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>10</v>
+        <v>425</v>
       </c>
       <c r="D218" t="s">
-        <v>809</v>
+        <v>292</v>
       </c>
       <c r="E218" t="s">
-        <v>810</v>
+        <v>293</v>
       </c>
       <c r="F218" t="s">
-        <v>13</v>
+        <v>386</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="H218" t="s">
-        <v>812</v>
+        <v>806</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>813</v>
+        <v>807</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>10</v>
+        <v>429</v>
       </c>
       <c r="D219" t="s">
-        <v>814</v>
+        <v>292</v>
       </c>
       <c r="E219" t="s">
-        <v>815</v>
+        <v>293</v>
       </c>
       <c r="F219" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="H219" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>818</v>
+        <v>810</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>17</v>
+        <v>433</v>
       </c>
       <c r="D220" t="s">
-        <v>814</v>
+        <v>292</v>
       </c>
       <c r="E220" t="s">
-        <v>815</v>
+        <v>293</v>
       </c>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>390</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="H220" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>821</v>
+        <v>813</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>21</v>
+        <v>437</v>
       </c>
       <c r="D221" t="s">
+        <v>292</v>
+      </c>
+      <c r="E221" t="s">
+        <v>293</v>
+      </c>
+      <c r="F221" t="s">
+        <v>390</v>
+      </c>
+      <c r="G221" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="E221" t="s">
+      <c r="H221" t="s">
         <v>815</v>
-      </c>
-[...7 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>10</v>
+        <v>441</v>
       </c>
       <c r="D222" t="s">
-        <v>825</v>
+        <v>292</v>
       </c>
       <c r="E222" t="s">
-        <v>826</v>
+        <v>293</v>
       </c>
       <c r="F222" t="s">
-        <v>238</v>
+        <v>390</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="H222" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>829</v>
+        <v>819</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>17</v>
+        <v>445</v>
       </c>
       <c r="D223" t="s">
-        <v>825</v>
+        <v>292</v>
       </c>
       <c r="E223" t="s">
-        <v>826</v>
+        <v>293</v>
       </c>
       <c r="F223" t="s">
-        <v>238</v>
+        <v>63</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="H223" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>601</v>
+        <v>822</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>10</v>
+        <v>449</v>
       </c>
       <c r="D224" t="s">
-        <v>832</v>
+        <v>292</v>
       </c>
       <c r="E224" t="s">
-        <v>833</v>
+        <v>293</v>
       </c>
       <c r="F224" t="s">
-        <v>254</v>
+        <v>184</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>834</v>
+        <v>823</v>
       </c>
       <c r="H224" t="s">
-        <v>835</v>
+        <v>824</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>836</v>
+        <v>825</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>10</v>
+        <v>453</v>
       </c>
       <c r="D225" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E225" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F225" t="s">
-        <v>238</v>
+        <v>201</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>839</v>
+        <v>826</v>
       </c>
       <c r="H225" t="s">
-        <v>840</v>
+        <v>827</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>841</v>
+        <v>828</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D226" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E226" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F226" t="s">
-        <v>238</v>
+        <v>201</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>842</v>
+        <v>829</v>
       </c>
       <c r="H226" t="s">
-        <v>843</v>
+        <v>830</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>844</v>
+        <v>831</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="D227" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E227" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F227" t="s">
-        <v>238</v>
+        <v>201</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>845</v>
+        <v>832</v>
       </c>
       <c r="H227" t="s">
-        <v>846</v>
+        <v>833</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>847</v>
+        <v>834</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="D228" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E228" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F228" t="s">
-        <v>238</v>
+        <v>386</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>848</v>
+        <v>835</v>
       </c>
       <c r="H228" t="s">
-        <v>849</v>
+        <v>836</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>850</v>
+        <v>837</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>29</v>
+        <v>838</v>
       </c>
       <c r="D229" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E229" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F229" t="s">
-        <v>238</v>
+        <v>34</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="H229" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>853</v>
+        <v>841</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>33</v>
+        <v>842</v>
       </c>
       <c r="D230" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E230" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F230" t="s">
-        <v>238</v>
+        <v>34</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>854</v>
+        <v>843</v>
       </c>
       <c r="H230" t="s">
-        <v>855</v>
+        <v>844</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>38</v>
+        <v>846</v>
       </c>
       <c r="D231" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E231" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F231" t="s">
-        <v>238</v>
+        <v>300</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>26</v>
+        <v>847</v>
       </c>
       <c r="H231" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>858</v>
+        <v>849</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>42</v>
+        <v>457</v>
       </c>
       <c r="D232" t="s">
-        <v>837</v>
+        <v>292</v>
       </c>
       <c r="E232" t="s">
-        <v>838</v>
+        <v>293</v>
       </c>
       <c r="F232" t="s">
-        <v>238</v>
+        <v>300</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>26</v>
+        <v>850</v>
       </c>
       <c r="H232" t="s">
-        <v>859</v>
+        <v>851</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>860</v>
+        <v>852</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>461</v>
       </c>
       <c r="D233" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E233" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="H233" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>17</v>
+        <v>465</v>
       </c>
       <c r="D234" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E234" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>866</v>
+        <v>856</v>
       </c>
       <c r="H234" t="s">
-        <v>867</v>
+        <v>857</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>868</v>
+        <v>858</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>21</v>
+        <v>469</v>
       </c>
       <c r="D235" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E235" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>300</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>869</v>
+        <v>859</v>
       </c>
       <c r="H235" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>25</v>
+        <v>473</v>
       </c>
       <c r="D236" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E236" t="s">
+        <v>293</v>
+      </c>
+      <c r="F236" t="s">
+        <v>300</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="F236" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H236" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>874</v>
+        <v>864</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>29</v>
+        <v>477</v>
       </c>
       <c r="D237" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E237" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>184</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>875</v>
+        <v>865</v>
       </c>
       <c r="H237" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>33</v>
+        <v>481</v>
       </c>
       <c r="D238" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E238" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>878</v>
+        <v>868</v>
       </c>
       <c r="H238" t="s">
-        <v>879</v>
+        <v>869</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>880</v>
+        <v>870</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>38</v>
+        <v>485</v>
       </c>
       <c r="D239" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E239" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>184</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="H239" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>883</v>
+        <v>872</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>42</v>
+        <v>489</v>
       </c>
       <c r="D240" t="s">
-        <v>861</v>
+        <v>292</v>
       </c>
       <c r="E240" t="s">
-        <v>862</v>
+        <v>293</v>
       </c>
       <c r="F240" t="s">
-        <v>13</v>
+        <v>184</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>884</v>
+        <v>873</v>
       </c>
       <c r="H240" t="s">
-        <v>885</v>
+        <v>874</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>886</v>
+        <v>875</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D241" t="s">
-        <v>887</v>
+        <v>292</v>
       </c>
       <c r="E241" t="s">
-        <v>888</v>
+        <v>293</v>
       </c>
       <c r="F241" t="s">
-        <v>889</v>
+        <v>288</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>890</v>
+        <v>876</v>
       </c>
       <c r="H241" t="s">
-        <v>891</v>
+        <v>877</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>892</v>
+        <v>878</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="D242" t="s">
-        <v>887</v>
+        <v>292</v>
       </c>
       <c r="E242" t="s">
-        <v>888</v>
+        <v>293</v>
       </c>
       <c r="F242" t="s">
-        <v>889</v>
+        <v>300</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="H242" t="s">
-        <v>894</v>
+        <v>880</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="D243" t="s">
-        <v>887</v>
+        <v>292</v>
       </c>
       <c r="E243" t="s">
-        <v>888</v>
+        <v>293</v>
       </c>
       <c r="F243" t="s">
-        <v>896</v>
+        <v>300</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="H243" t="s">
-        <v>898</v>
+        <v>883</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="D244" t="s">
-        <v>887</v>
+        <v>292</v>
       </c>
       <c r="E244" t="s">
-        <v>888</v>
+        <v>293</v>
       </c>
       <c r="F244" t="s">
-        <v>896</v>
+        <v>386</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>900</v>
+        <v>885</v>
       </c>
       <c r="H244" t="s">
-        <v>901</v>
+        <v>886</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
+        <v>887</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>493</v>
+      </c>
+      <c r="D245" t="s">
+        <v>292</v>
+      </c>
+      <c r="E245" t="s">
+        <v>293</v>
+      </c>
+      <c r="F245" t="s">
+        <v>201</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H245" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>890</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>497</v>
+      </c>
+      <c r="D246" t="s">
+        <v>292</v>
+      </c>
+      <c r="E246" t="s">
+        <v>293</v>
+      </c>
+      <c r="F246" t="s">
+        <v>367</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H246" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>838</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>10</v>
+      </c>
+      <c r="D247" t="s">
+        <v>892</v>
+      </c>
+      <c r="E247" t="s">
+        <v>893</v>
+      </c>
+      <c r="F247" t="s">
+        <v>300</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H247" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>842</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>17</v>
+      </c>
+      <c r="D248" t="s">
+        <v>892</v>
+      </c>
+      <c r="E248" t="s">
+        <v>893</v>
+      </c>
+      <c r="F248" t="s">
+        <v>300</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H248" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>846</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>21</v>
+      </c>
+      <c r="D249" t="s">
+        <v>892</v>
+      </c>
+      <c r="E249" t="s">
+        <v>893</v>
+      </c>
+      <c r="F249" t="s">
+        <v>300</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H249" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>900</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>25</v>
+      </c>
+      <c r="D250" t="s">
+        <v>892</v>
+      </c>
+      <c r="E250" t="s">
+        <v>893</v>
+      </c>
+      <c r="F250" t="s">
+        <v>63</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H250" t="s">
         <v>902</v>
       </c>
-      <c r="B245" t="s">
-[...2 lines deleted...]
-      <c r="C245" t="s">
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>903</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
         <v>29</v>
       </c>
-      <c r="D245" t="s">
-[...11 lines deleted...]
-      <c r="H245" t="s">
+      <c r="D251" t="s">
+        <v>892</v>
+      </c>
+      <c r="E251" t="s">
+        <v>893</v>
+      </c>
+      <c r="F251" t="s">
+        <v>300</v>
+      </c>
+      <c r="G251" s="1" t="s">
         <v>904</v>
+      </c>
+      <c r="H251" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>906</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>33</v>
+      </c>
+      <c r="D252" t="s">
+        <v>892</v>
+      </c>
+      <c r="E252" t="s">
+        <v>893</v>
+      </c>
+      <c r="F252" t="s">
+        <v>217</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H252" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>909</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>38</v>
+      </c>
+      <c r="D253" t="s">
+        <v>892</v>
+      </c>
+      <c r="E253" t="s">
+        <v>893</v>
+      </c>
+      <c r="F253" t="s">
+        <v>201</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H253" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>912</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>42</v>
+      </c>
+      <c r="D254" t="s">
+        <v>892</v>
+      </c>
+      <c r="E254" t="s">
+        <v>893</v>
+      </c>
+      <c r="F254" t="s">
+        <v>913</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H254" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>916</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>46</v>
+      </c>
+      <c r="D255" t="s">
+        <v>892</v>
+      </c>
+      <c r="E255" t="s">
+        <v>893</v>
+      </c>
+      <c r="F255" t="s">
+        <v>913</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="H255" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>919</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>50</v>
+      </c>
+      <c r="D256" t="s">
+        <v>892</v>
+      </c>
+      <c r="E256" t="s">
+        <v>893</v>
+      </c>
+      <c r="F256" t="s">
+        <v>913</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H256" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>922</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>54</v>
+      </c>
+      <c r="D257" t="s">
+        <v>892</v>
+      </c>
+      <c r="E257" t="s">
+        <v>893</v>
+      </c>
+      <c r="F257" t="s">
+        <v>217</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H257" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>925</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>58</v>
+      </c>
+      <c r="D258" t="s">
+        <v>892</v>
+      </c>
+      <c r="E258" t="s">
+        <v>893</v>
+      </c>
+      <c r="F258" t="s">
+        <v>63</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H258" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>928</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>62</v>
+      </c>
+      <c r="D259" t="s">
+        <v>892</v>
+      </c>
+      <c r="E259" t="s">
+        <v>893</v>
+      </c>
+      <c r="F259" t="s">
+        <v>300</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H259" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>930</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>67</v>
+      </c>
+      <c r="D260" t="s">
+        <v>892</v>
+      </c>
+      <c r="E260" t="s">
+        <v>893</v>
+      </c>
+      <c r="F260" t="s">
+        <v>288</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H260" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>932</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>71</v>
+      </c>
+      <c r="D261" t="s">
+        <v>892</v>
+      </c>
+      <c r="E261" t="s">
+        <v>893</v>
+      </c>
+      <c r="F261" t="s">
+        <v>288</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H261" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>934</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>75</v>
+      </c>
+      <c r="D262" t="s">
+        <v>892</v>
+      </c>
+      <c r="E262" t="s">
+        <v>893</v>
+      </c>
+      <c r="F262" t="s">
+        <v>201</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H262" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>936</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>79</v>
+      </c>
+      <c r="D263" t="s">
+        <v>892</v>
+      </c>
+      <c r="E263" t="s">
+        <v>893</v>
+      </c>
+      <c r="F263" t="s">
+        <v>201</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H263" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>939</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>83</v>
+      </c>
+      <c r="D264" t="s">
+        <v>892</v>
+      </c>
+      <c r="E264" t="s">
+        <v>893</v>
+      </c>
+      <c r="F264" t="s">
+        <v>386</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H264" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>942</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>87</v>
+      </c>
+      <c r="D265" t="s">
+        <v>892</v>
+      </c>
+      <c r="E265" t="s">
+        <v>893</v>
+      </c>
+      <c r="F265" t="s">
+        <v>386</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H265" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>945</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>92</v>
+      </c>
+      <c r="D266" t="s">
+        <v>892</v>
+      </c>
+      <c r="E266" t="s">
+        <v>893</v>
+      </c>
+      <c r="F266" t="s">
+        <v>184</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H266" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>948</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>96</v>
+      </c>
+      <c r="D267" t="s">
+        <v>892</v>
+      </c>
+      <c r="E267" t="s">
+        <v>893</v>
+      </c>
+      <c r="F267" t="s">
+        <v>300</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H267" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>951</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>100</v>
+      </c>
+      <c r="D268" t="s">
+        <v>892</v>
+      </c>
+      <c r="E268" t="s">
+        <v>893</v>
+      </c>
+      <c r="F268" t="s">
+        <v>300</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H268" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>954</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>104</v>
+      </c>
+      <c r="D269" t="s">
+        <v>892</v>
+      </c>
+      <c r="E269" t="s">
+        <v>893</v>
+      </c>
+      <c r="F269" t="s">
+        <v>34</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>955</v>
+      </c>
+      <c r="H269" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>957</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>108</v>
+      </c>
+      <c r="D270" t="s">
+        <v>892</v>
+      </c>
+      <c r="E270" t="s">
+        <v>893</v>
+      </c>
+      <c r="F270" t="s">
+        <v>63</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H270" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>960</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>112</v>
+      </c>
+      <c r="D271" t="s">
+        <v>892</v>
+      </c>
+      <c r="E271" t="s">
+        <v>893</v>
+      </c>
+      <c r="F271" t="s">
+        <v>63</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H271" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>963</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>116</v>
+      </c>
+      <c r="D272" t="s">
+        <v>892</v>
+      </c>
+      <c r="E272" t="s">
+        <v>893</v>
+      </c>
+      <c r="F272" t="s">
+        <v>34</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H272" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>966</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>120</v>
+      </c>
+      <c r="D273" t="s">
+        <v>892</v>
+      </c>
+      <c r="E273" t="s">
+        <v>893</v>
+      </c>
+      <c r="F273" t="s">
+        <v>217</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="H273" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>969</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>10</v>
+      </c>
+      <c r="D274" t="s">
+        <v>970</v>
+      </c>
+      <c r="E274" t="s">
+        <v>971</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H274" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>974</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>10</v>
+      </c>
+      <c r="D275" t="s">
+        <v>975</v>
+      </c>
+      <c r="E275" t="s">
+        <v>976</v>
+      </c>
+      <c r="F275" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H275" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>979</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>17</v>
+      </c>
+      <c r="D276" t="s">
+        <v>975</v>
+      </c>
+      <c r="E276" t="s">
+        <v>976</v>
+      </c>
+      <c r="F276" t="s">
+        <v>13</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H276" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>982</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>21</v>
+      </c>
+      <c r="D277" t="s">
+        <v>975</v>
+      </c>
+      <c r="E277" t="s">
+        <v>976</v>
+      </c>
+      <c r="F277" t="s">
+        <v>13</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H277" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>985</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>10</v>
+      </c>
+      <c r="D278" t="s">
+        <v>986</v>
+      </c>
+      <c r="E278" t="s">
+        <v>987</v>
+      </c>
+      <c r="F278" t="s">
+        <v>272</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H278" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>990</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>17</v>
+      </c>
+      <c r="D279" t="s">
+        <v>986</v>
+      </c>
+      <c r="E279" t="s">
+        <v>987</v>
+      </c>
+      <c r="F279" t="s">
+        <v>272</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="H279" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>993</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>21</v>
+      </c>
+      <c r="D280" t="s">
+        <v>986</v>
+      </c>
+      <c r="E280" t="s">
+        <v>987</v>
+      </c>
+      <c r="F280" t="s">
+        <v>994</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H280" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>627</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>10</v>
+      </c>
+      <c r="D281" t="s">
+        <v>997</v>
+      </c>
+      <c r="E281" t="s">
+        <v>998</v>
+      </c>
+      <c r="F281" t="s">
+        <v>288</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>10</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F282" t="s">
+        <v>272</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>17</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F283" t="s">
+        <v>272</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>21</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F284" t="s">
+        <v>272</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>25</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F285" t="s">
+        <v>272</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>29</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F286" t="s">
+        <v>272</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>33</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F287" t="s">
+        <v>272</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>38</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F288" t="s">
+        <v>272</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>42</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F289" t="s">
+        <v>272</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>46</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>50</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>54</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F292" t="s">
+        <v>994</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>58</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F293" t="s">
+        <v>994</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>10</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F294" t="s">
+        <v>13</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>17</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F295" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>21</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F296" t="s">
+        <v>13</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>25</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F297" t="s">
+        <v>13</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>29</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F298" t="s">
+        <v>13</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>33</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F299" t="s">
+        <v>13</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>38</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>42</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F301" t="s">
+        <v>13</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>46</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F302" t="s">
+        <v>13</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>50</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F303" t="s">
+        <v>13</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>54</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F304" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>58</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>62</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F306" t="s">
+        <v>13</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>67</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F307" t="s">
+        <v>13</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>71</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F308" t="s">
+        <v>13</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>75</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F309" t="s">
+        <v>13</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>10</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>17</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1090</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>21</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>25</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>29</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1097</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>10</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1111</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -9728,50 +12170,120 @@
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>